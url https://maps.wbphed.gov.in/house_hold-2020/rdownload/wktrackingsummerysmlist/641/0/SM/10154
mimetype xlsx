--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -1111,54 +1111,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>11.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.92</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>32.76</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>69</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1172,54 +1172,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>87.58</v>
       </c>
       <c r="Q5" s="4">
-        <v>66.41</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>75.83</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>68</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1233,54 +1233,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P6" s="4">
         <v>87.55</v>
       </c>
       <c r="Q6" s="4">
-        <v>78.76</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>89.97</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>71</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1294,54 +1294,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>87.59</v>
       </c>
       <c r="Q7" s="4">
-        <v>78.42</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.54</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1355,54 +1355,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>15.73</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.42</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>9.01</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>70</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1416,54 +1416,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>13.19</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.13</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>61.68</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>71</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1477,54 +1477,54 @@
       <c r="I10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>4.96</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.06</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>61.82</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>54</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1538,54 +1538,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>4.88</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1713,54 +1713,54 @@
       <c r="I14" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P14" s="4">
         <v>87.82</v>
       </c>
       <c r="Q14" s="4">
-        <v>87.69</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>99</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1770,54 +1770,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>2.38</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.38</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1888,54 +1888,54 @@
       <c r="I17" s="13" t="s">
         <v>104</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>105</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P17" s="4">
         <v>7.85</v>
       </c>
       <c r="Q17" s="4">
-        <v>7.85</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1945,54 +1945,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>111</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P18" s="4">
         <v>2.39</v>
       </c>
       <c r="Q18" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2063,54 +2063,54 @@
       <c r="I20" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P20" s="4">
         <v>98.12</v>
       </c>
       <c r="Q20" s="4">
-        <v>89.52</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>91.23</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>72</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2181,54 +2181,54 @@
       <c r="I22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P22" s="4">
         <v>93.92</v>
       </c>
       <c r="Q22" s="4">
-        <v>58.61</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>62.4</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2303,54 +2303,54 @@
       <c r="I24" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P24" s="4">
         <v>41.03</v>
       </c>
       <c r="Q24" s="4">
-        <v>27.14</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>66.14</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2364,88 +2364,88 @@
       <c r="I25" s="13" t="s">
         <v>104</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>105</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P25" s="4">
         <v>7.85</v>
       </c>
       <c r="Q25" s="4">
-        <v>7.33</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>93.44</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>718.92</v>
       </c>
       <c r="P26" s="8">
-        <v>527.93</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>73.43</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>