--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1209,54 +1209,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="4">
         <v>74.82</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.1</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>6.82</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>94</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1327,54 +1327,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>3.16</v>
       </c>
       <c r="Q9" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1563,54 +1563,54 @@
       <c r="I13" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>8.46</v>
       </c>
       <c r="Q13" s="4">
-        <v>7.95</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>93.92</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1685,54 +1685,54 @@
       <c r="I15" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="4">
         <v>8.49</v>
       </c>
       <c r="Q15" s="4">
-        <v>8.49</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1746,54 +1746,54 @@
       <c r="I16" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>93</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P16" s="4">
         <v>3.17</v>
       </c>
       <c r="Q16" s="4">
-        <v>3.17</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1925,54 +1925,54 @@
       <c r="I19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P19" s="4">
         <v>3.6</v>
       </c>
       <c r="Q19" s="4">
-        <v>3.59</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -1986,54 +1986,54 @@
       <c r="I20" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P20" s="4">
         <v>4.08</v>
       </c>
       <c r="Q20" s="4">
-        <v>4.08</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2138,54 +2138,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>258.85</v>
       </c>
       <c r="P23" s="8">
-        <v>35.53</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>13.73</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>