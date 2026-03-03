--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -1699,54 +1699,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>40.25</v>
       </c>
       <c r="Q3" s="4">
-        <v>40.25</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>65</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1760,54 +1760,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>40.23</v>
       </c>
       <c r="Q4" s="4">
-        <v>40.23</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>63</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1821,54 +1821,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P5" s="4">
         <v>43.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>33.73</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>76.91</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>67</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1996,54 +1996,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P8" s="4">
         <v>40.13</v>
       </c>
       <c r="Q8" s="4">
-        <v>20.44</v>
+        <v>3.5</v>
       </c>
       <c r="R8" s="4">
-        <v>50.92</v>
+        <v>8.71</v>
       </c>
       <c r="S8" s="4">
         <v>66</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -2057,54 +2057,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P9" s="4">
         <v>43.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>74.64</v>
+        <v>32.77</v>
       </c>
       <c r="R9" s="4">
-        <v>170.18</v>
+        <v>74.73</v>
       </c>
       <c r="S9" s="4">
         <v>66</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2118,54 +2118,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="4">
         <v>41.3</v>
       </c>
       <c r="Q10" s="4">
-        <v>26.04</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>63.07</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>67</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2179,54 +2179,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>2.49</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.49</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>67</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2240,54 +2240,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>5.01</v>
       </c>
       <c r="Q12" s="4">
-        <v>5.01</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>67</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2301,54 +2301,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>49.78</v>
       </c>
       <c r="Q13" s="4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R13" s="4">
-        <v>8.04</v>
+        <v>4.02</v>
       </c>
       <c r="S13" s="4">
         <v>67</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2362,54 +2362,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>40.51</v>
       </c>
       <c r="Q14" s="4">
-        <v>38.36</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>94.7</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>67</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2484,54 +2484,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>4.66</v>
       </c>
       <c r="Q16" s="4">
-        <v>3.81</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>81.86</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>66</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2545,54 +2545,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P17" s="4">
         <v>30.05</v>
       </c>
       <c r="Q17" s="4">
-        <v>57.06</v>
+        <v>27.01</v>
       </c>
       <c r="R17" s="4">
-        <v>189.87</v>
+        <v>89.87</v>
       </c>
       <c r="S17" s="4">
         <v>60</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2606,54 +2606,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P18" s="4">
         <v>4.73</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100.37</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>66</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2667,54 +2667,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P19" s="4">
         <v>0.92</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>67</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2728,54 +2728,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P20" s="4">
         <v>185.6</v>
       </c>
       <c r="Q20" s="4">
-        <v>22.05</v>
+        <v>11.02</v>
       </c>
       <c r="R20" s="4">
-        <v>11.88</v>
+        <v>5.94</v>
       </c>
       <c r="S20" s="4">
         <v>65</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2789,54 +2789,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>43.41</v>
       </c>
       <c r="Q21" s="4">
-        <v>33.23</v>
+        <v>9.04</v>
       </c>
       <c r="R21" s="4">
-        <v>76.55</v>
+        <v>20.82</v>
       </c>
       <c r="S21" s="4">
         <v>70</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2850,54 +2850,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P22" s="4">
         <v>39.97</v>
       </c>
       <c r="Q22" s="4">
-        <v>48.77</v>
+        <v>9.99</v>
       </c>
       <c r="R22" s="4">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="S22" s="4">
         <v>63</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2911,54 +2911,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P23" s="4">
         <v>15.78</v>
       </c>
       <c r="Q23" s="4">
-        <v>14.66</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>92.93</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>67</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3094,54 +3094,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P26" s="4">
         <v>55.55</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.23</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>2.21</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>71</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -3214,54 +3214,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P28" s="4">
         <v>33.38</v>
       </c>
       <c r="Q28" s="4">
-        <v>33.37</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3397,54 +3397,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P31" s="4">
         <v>43.41</v>
       </c>
       <c r="Q31" s="4">
-        <v>78.8</v>
+        <v>35.39</v>
       </c>
       <c r="R31" s="4">
-        <v>181.55</v>
+        <v>81.55</v>
       </c>
       <c r="S31" s="4">
         <v>62</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3641,54 +3641,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P35" s="4">
         <v>29.9</v>
       </c>
       <c r="Q35" s="4">
-        <v>23.36</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>78.13</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>67</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3702,54 +3702,54 @@
       <c r="I36" s="13" t="s">
         <v>189</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>190</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P36" s="4">
         <v>29.59</v>
       </c>
       <c r="Q36" s="4">
-        <v>29.5</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>82</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3763,54 +3763,54 @@
       <c r="I37" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P37" s="4">
         <v>15.06</v>
       </c>
       <c r="Q37" s="4">
-        <v>15.06</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3885,54 +3885,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P39" s="4">
         <v>5.01</v>
       </c>
       <c r="Q39" s="4">
-        <v>5.06</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>100.83</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>64</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -4007,54 +4007,54 @@
       <c r="I41" s="13" t="s">
         <v>132</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>133</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>213</v>
       </c>
       <c r="P41" s="4">
         <v>35.43</v>
       </c>
       <c r="Q41" s="4">
-        <v>3.03</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>8.55</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>75</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4068,54 +4068,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>215</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>216</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P42" s="4">
         <v>5</v>
       </c>
       <c r="Q42" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>96.55</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>67</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4129,54 +4129,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P43" s="4">
         <v>4.98</v>
       </c>
       <c r="Q43" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>100.34</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>61</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4190,54 +4190,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P44" s="4">
         <v>4.47</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.36</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>97.45</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>63</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4617,54 +4617,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>248</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>249</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P51" s="4">
         <v>5.05</v>
       </c>
       <c r="Q51" s="4">
-        <v>5.04</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>65</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4798,54 +4798,54 @@
         <v>259</v>
       </c>
       <c r="I54" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J54" s="13"/>
       <c r="K54" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>264</v>
       </c>
       <c r="P54" s="4">
         <v>6.51</v>
       </c>
       <c r="Q54" s="4">
-        <v>6.51</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>100</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4979,54 +4979,54 @@
         <v>273</v>
       </c>
       <c r="I57" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J57" s="13"/>
       <c r="K57" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>277</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>278</v>
       </c>
       <c r="P57" s="4">
         <v>0.78</v>
       </c>
       <c r="Q57" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>100</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5040,54 +5040,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>280</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>281</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>282</v>
       </c>
       <c r="P58" s="4">
         <v>30.04</v>
       </c>
       <c r="Q58" s="4">
-        <v>54.27</v>
+        <v>24.23</v>
       </c>
       <c r="R58" s="4">
-        <v>180.67</v>
+        <v>80.67</v>
       </c>
       <c r="S58" s="4">
         <v>67</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5101,54 +5101,54 @@
       <c r="I59" s="13" t="s">
         <v>284</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>285</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>286</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>287</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>288</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>289</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P59" s="4">
         <v>4.17</v>
       </c>
       <c r="Q59" s="4">
-        <v>4.14</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>99.16</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>75</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5219,54 +5219,54 @@
       <c r="I61" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>296</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>297</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>298</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>299</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P61" s="4">
         <v>39.46</v>
       </c>
       <c r="Q61" s="4">
-        <v>30.3</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>76.8</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>86</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5280,54 +5280,54 @@
       <c r="I62" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>301</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>302</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>303</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>304</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>305</v>
       </c>
       <c r="P62" s="4">
         <v>4.75</v>
       </c>
       <c r="Q62" s="4">
-        <v>8.4</v>
+        <v>4.2</v>
       </c>
       <c r="R62" s="4">
-        <v>177.02</v>
+        <v>88.51</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5341,54 +5341,54 @@
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>307</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>308</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P63" s="4">
         <v>40.17</v>
       </c>
       <c r="Q63" s="4">
-        <v>40.17</v>
+        <v>20.08</v>
       </c>
       <c r="R63" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5402,54 +5402,54 @@
       <c r="I64" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>311</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>312</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>313</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>314</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P64" s="4">
         <v>4.98</v>
       </c>
       <c r="Q64" s="4">
-        <v>3.68</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>73.9</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5463,54 +5463,54 @@
       <c r="I65" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>316</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>317</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>318</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>319</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P65" s="4">
         <v>4.98</v>
       </c>
       <c r="Q65" s="4">
-        <v>9.97</v>
+        <v>4.98</v>
       </c>
       <c r="R65" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5524,54 +5524,54 @@
       <c r="I66" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>321</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>322</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P66" s="4">
         <v>19.91</v>
       </c>
       <c r="Q66" s="4">
-        <v>39.83</v>
+        <v>19.91</v>
       </c>
       <c r="R66" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5583,54 +5583,54 @@
         <v>323</v>
       </c>
       <c r="I67" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J67" s="13"/>
       <c r="K67" s="4" t="s">
         <v>324</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>325</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P67" s="4">
         <v>40.06</v>
       </c>
       <c r="Q67" s="4">
-        <v>40.06</v>
+        <v>20.03</v>
       </c>
       <c r="R67" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -5644,54 +5644,54 @@
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>327</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>328</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P68" s="4">
         <v>40.17</v>
       </c>
       <c r="Q68" s="4">
-        <v>40.17</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -5705,54 +5705,54 @@
       <c r="I69" s="13" t="s">
         <v>330</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>331</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>332</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>333</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>334</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>335</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P69" s="4">
         <v>45.19</v>
       </c>
       <c r="Q69" s="4">
-        <v>0.45</v>
+        <v>0.22</v>
       </c>
       <c r="R69" s="4">
-        <v>0.99</v>
+        <v>0.49</v>
       </c>
       <c r="S69" s="4">
         <v>74</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5766,54 +5766,54 @@
       <c r="I70" s="13" t="s">
         <v>194</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>337</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>338</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>339</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>340</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P70" s="4">
         <v>21.24</v>
       </c>
       <c r="Q70" s="4">
-        <v>35.05</v>
+        <v>14.02</v>
       </c>
       <c r="R70" s="4">
-        <v>165.02</v>
+        <v>66</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5827,54 +5827,54 @@
       <c r="I71" s="13" t="s">
         <v>330</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>342</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>343</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>344</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>345</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>346</v>
       </c>
       <c r="P71" s="4">
         <v>2.77</v>
       </c>
       <c r="Q71" s="4">
-        <v>2.58</v>
+        <v>1.29</v>
       </c>
       <c r="R71" s="4">
-        <v>93.28</v>
+        <v>46.64</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5888,54 +5888,54 @@
       <c r="I72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>348</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>349</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P72" s="4">
         <v>5.02</v>
       </c>
       <c r="Q72" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>100</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5949,54 +5949,54 @@
       <c r="I73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>351</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>352</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P73" s="4">
         <v>43.86</v>
       </c>
       <c r="Q73" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>68.4</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>90</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6132,88 +6132,88 @@
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>360</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>361</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>362</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>363</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P76" s="4">
         <v>54.46</v>
       </c>
       <c r="Q76" s="4">
-        <v>11.23</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>20.61</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>96</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="7" t="s">
         <v>364</v>
       </c>
       <c r="B77" s="7"/>
       <c r="C77" s="7"/>
       <c r="D77" s="7"/>
       <c r="E77" s="11"/>
       <c r="F77" s="7"/>
       <c r="G77" s="7"/>
       <c r="H77" s="14"/>
       <c r="I77" s="14"/>
       <c r="J77" s="14"/>
       <c r="K77" s="8"/>
       <c r="L77" s="8"/>
       <c r="M77" s="8"/>
       <c r="N77" s="8"/>
       <c r="O77" s="8">
         <v>1750.45</v>
       </c>
       <c r="P77" s="8">
-        <v>1041.68</v>
+        <v>239.7</v>
       </c>
       <c r="Q77" s="8">
-        <v>59.51</v>
+        <v>13.69</v>
       </c>
       <c r="R77" s="8"/>
       <c r="S77" s="8"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A77:N77"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>