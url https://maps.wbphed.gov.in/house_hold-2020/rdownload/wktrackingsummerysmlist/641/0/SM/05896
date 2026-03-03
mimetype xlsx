--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -914,54 +914,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>10.22</v>
       </c>
       <c r="Q3" s="4">
-        <v>20.43</v>
+        <v>10.22</v>
       </c>
       <c r="R3" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1091,54 +1091,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>8.3</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.3</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1152,54 +1152,54 @@
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>0.99</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1274,54 +1274,54 @@
       <c r="I9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>8.92</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.22</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>24.93</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>98</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1396,54 +1396,54 @@
       <c r="I11" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>16.19</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.95</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>73.83</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>69</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1455,54 +1455,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>83</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P12" s="4">
         <v>0.49</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1518,54 +1518,54 @@
       <c r="I13" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P13" s="4">
         <v>4.11</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>6.11</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1581,88 +1581,88 @@
       <c r="I14" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P14" s="4">
         <v>2.27</v>
       </c>
       <c r="Q14" s="4">
-        <v>2.25</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.13</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>62.23</v>
       </c>
       <c r="P15" s="8">
-        <v>46.89</v>
+        <v>10.22</v>
       </c>
       <c r="Q15" s="8">
-        <v>75.35</v>
+        <v>16.42</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>