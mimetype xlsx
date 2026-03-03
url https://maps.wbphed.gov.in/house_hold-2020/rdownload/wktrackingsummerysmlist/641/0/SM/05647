--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="606">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -1668,50 +1668,53 @@
     <t>Laying of Rising Main (by using metal Pipes) and installation of pressure filters of Zone-II for JDA (Jaigaon Development Authority) Area Water Supply Scheme under Alipurduar District.</t>
   </si>
   <si>
     <t>ORD/000001/2022-2023</t>
   </si>
   <si>
     <t>11/ALD</t>
   </si>
   <si>
     <t>29/08/2022</t>
   </si>
   <si>
     <t>ORD/000829/2022-2023</t>
   </si>
   <si>
     <t>1825/NMD-II</t>
   </si>
   <si>
     <t>07/11/2022</t>
   </si>
   <si>
     <t>07/07/2023</t>
   </si>
   <si>
     <t>Construction of LT Panel House (16m x 5m) for JDA PWSS under Alipurduar Division PHE Dte</t>
+  </si>
+  <si>
+    <t>RWS Kalchini Block,RWS Kumargram Block</t>
   </si>
   <si>
     <t>ORD/000007/2023-2024</t>
   </si>
   <si>
     <t>91/ALD</t>
   </si>
   <si>
     <t>18/04/2023</t>
   </si>
   <si>
     <t>09/10/2024</t>
   </si>
   <si>
     <t>Providing Mechanical / Electrical Equipment¿s with all ancillaries and auxiliaries along with disinfection arrangement for Clear Water Pumping Station for Jaigaon, (Zone- I &amp; II ) in the district of Alipurduar under Northern Mechanical Division-II, PHE Dte</t>
   </si>
   <si>
     <t>ORD/000950/2023-2024</t>
   </si>
   <si>
     <t>2557/NMD-II</t>
   </si>
   <si>
     <t>18/08/2023</t>
   </si>
@@ -2421,54 +2424,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.71</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.35</v>
+        <v>3.68</v>
       </c>
       <c r="R3" s="4">
-        <v>156.21</v>
+        <v>78.1</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -2484,54 +2487,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>4.69</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.33</v>
+        <v>3.67</v>
       </c>
       <c r="R4" s="4">
-        <v>156.29</v>
+        <v>78.14</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -2547,54 +2550,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>23.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>36.3</v>
+        <v>18.15</v>
       </c>
       <c r="R5" s="4">
-        <v>154.49</v>
+        <v>77.25</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -2610,54 +2613,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>23.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>36.31</v>
+        <v>18.15</v>
       </c>
       <c r="R6" s="4">
-        <v>154.52</v>
+        <v>77.26</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -2673,54 +2676,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>23.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>23.74</v>
+        <v>7.88</v>
       </c>
       <c r="R7" s="4">
-        <v>101.01</v>
+        <v>33.54</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -2736,54 +2739,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>4.7</v>
       </c>
       <c r="Q8" s="4">
-        <v>8.89</v>
+        <v>4.19</v>
       </c>
       <c r="R8" s="4">
-        <v>189.21</v>
+        <v>89.21</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -2799,54 +2802,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>4.7</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.37</v>
+        <v>3.67</v>
       </c>
       <c r="R9" s="4">
-        <v>177.97</v>
+        <v>78.06</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -3688,54 +3691,54 @@
       <c r="I24" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P24" s="4">
         <v>5</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.49</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -3751,54 +3754,54 @@
       <c r="I25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P25" s="4">
         <v>0.74</v>
       </c>
       <c r="Q25" s="4">
-        <v>1.47</v>
+        <v>0.74</v>
       </c>
       <c r="R25" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
@@ -4689,54 +4692,54 @@
       <c r="I41" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P41" s="4">
         <v>198.88</v>
       </c>
       <c r="Q41" s="4">
-        <v>391.63</v>
+        <v>193.05</v>
       </c>
       <c r="R41" s="4">
-        <v>196.92</v>
+        <v>97.07</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>23</v>
       </c>
@@ -4752,54 +4755,54 @@
       <c r="I42" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P42" s="4">
         <v>49.78</v>
       </c>
       <c r="Q42" s="4">
-        <v>88.02</v>
+        <v>40.26</v>
       </c>
       <c r="R42" s="4">
-        <v>176.83</v>
+        <v>80.89</v>
       </c>
       <c r="S42" s="4">
         <v>67</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>23</v>
       </c>
@@ -4815,54 +4818,54 @@
       <c r="I43" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P43" s="4">
         <v>4.81</v>
       </c>
       <c r="Q43" s="4">
-        <v>4.73</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>98.28</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>23</v>
       </c>
@@ -4941,54 +4944,54 @@
       <c r="I45" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P45" s="4">
         <v>4.81</v>
       </c>
       <c r="Q45" s="4">
-        <v>4.73</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>98.28</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>23</v>
       </c>
@@ -5004,54 +5007,54 @@
       <c r="I46" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P46" s="4">
         <v>3.74</v>
       </c>
       <c r="Q46" s="4">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
@@ -5067,54 +5070,54 @@
       <c r="I47" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P47" s="4">
         <v>3.74</v>
       </c>
       <c r="Q47" s="4">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>23</v>
       </c>
@@ -5130,54 +5133,54 @@
       <c r="I48" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>199</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>200</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P48" s="4">
         <v>3.74</v>
       </c>
       <c r="Q48" s="4">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>23</v>
       </c>
@@ -5193,54 +5196,54 @@
       <c r="I49" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P49" s="4">
         <v>3.74</v>
       </c>
       <c r="Q49" s="4">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>23</v>
       </c>
@@ -5256,54 +5259,54 @@
       <c r="I50" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P50" s="4">
         <v>4.81</v>
       </c>
       <c r="Q50" s="4">
-        <v>4.73</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>98.28</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>23</v>
       </c>
@@ -5319,54 +5322,54 @@
       <c r="I51" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P51" s="4">
         <v>4.83</v>
       </c>
       <c r="Q51" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>98.28</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>23</v>
       </c>
@@ -5382,54 +5385,54 @@
       <c r="I52" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>213</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P52" s="4">
         <v>64.64</v>
       </c>
       <c r="Q52" s="4">
-        <v>64.58</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>23</v>
       </c>
@@ -5445,54 +5448,54 @@
       <c r="I53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>218</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P53" s="4">
         <v>0.84</v>
       </c>
       <c r="Q53" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>23</v>
       </c>
@@ -5508,54 +5511,54 @@
       <c r="I54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>223</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>225</v>
       </c>
       <c r="P54" s="4">
         <v>0.64</v>
       </c>
       <c r="Q54" s="4">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>23</v>
       </c>
@@ -5571,54 +5574,54 @@
       <c r="I55" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>227</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>228</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>229</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P55" s="4">
         <v>1.09</v>
       </c>
       <c r="Q55" s="4">
-        <v>1.09</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>23</v>
       </c>
@@ -5634,54 +5637,54 @@
       <c r="I56" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>233</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>234</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>229</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P56" s="4">
         <v>1.09</v>
       </c>
       <c r="Q56" s="4">
-        <v>1.09</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>23</v>
       </c>
@@ -5697,54 +5700,54 @@
       <c r="I57" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>239</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>240</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P57" s="4">
         <v>0.99</v>
       </c>
       <c r="Q57" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>23</v>
       </c>
@@ -5760,54 +5763,54 @@
       <c r="I58" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>239</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>240</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P58" s="4">
         <v>0.99</v>
       </c>
       <c r="Q58" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>23</v>
       </c>
@@ -5823,54 +5826,54 @@
       <c r="I59" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P59" s="4">
         <v>4.09</v>
       </c>
       <c r="Q59" s="4">
-        <v>4.03</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>98.69</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>23</v>
       </c>
@@ -5886,54 +5889,54 @@
       <c r="I60" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P60" s="4">
         <v>1.51</v>
       </c>
       <c r="Q60" s="4">
-        <v>1.51</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>23</v>
       </c>
@@ -5949,54 +5952,54 @@
       <c r="I61" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P61" s="4">
         <v>4.7</v>
       </c>
       <c r="Q61" s="4">
-        <v>4.48</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>95.41</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>23</v>
       </c>
@@ -6476,54 +6479,54 @@
       <c r="I70" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>285</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>286</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P70" s="4">
         <v>185.6</v>
       </c>
       <c r="Q70" s="4">
-        <v>273.01</v>
+        <v>123.55</v>
       </c>
       <c r="R70" s="4">
-        <v>147.1</v>
+        <v>66.57</v>
       </c>
       <c r="S70" s="4">
         <v>65</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>23</v>
       </c>
@@ -6665,54 +6668,54 @@
       <c r="I73" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>299</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>300</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>301</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P73" s="4">
         <v>15.78</v>
       </c>
       <c r="Q73" s="4">
-        <v>1.12</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>7.07</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>67</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>23</v>
       </c>
@@ -6787,54 +6790,54 @@
       <c r="I75" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>310</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>311</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P75" s="4">
         <v>5.02</v>
       </c>
       <c r="Q75" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>65</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>23</v>
       </c>
@@ -6850,54 +6853,54 @@
       <c r="I76" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>315</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>316</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>317</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>318</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P76" s="4">
         <v>55.55</v>
       </c>
       <c r="Q76" s="4">
-        <v>38.29</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>68.92</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>71</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>23</v>
       </c>
@@ -7027,54 +7030,54 @@
       </c>
       <c r="H79" s="13" t="s">
         <v>327</v>
       </c>
       <c r="I79" s="13"/>
       <c r="J79" s="13"/>
       <c r="K79" s="4" t="s">
         <v>328</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>329</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>229</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>330</v>
       </c>
       <c r="P79" s="4">
         <v>1.09</v>
       </c>
       <c r="Q79" s="4">
-        <v>1.09</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>0</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>23</v>
       </c>
@@ -7088,54 +7091,54 @@
         <v>331</v>
       </c>
       <c r="I80" s="13" t="s">
         <v>332</v>
       </c>
       <c r="J80" s="13"/>
       <c r="K80" s="4" t="s">
         <v>333</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>334</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>335</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>336</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>337</v>
       </c>
       <c r="P80" s="4">
         <v>6.5</v>
       </c>
       <c r="Q80" s="4">
-        <v>6.5</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>0</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>23</v>
       </c>
@@ -7330,54 +7333,54 @@
       <c r="I84" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J84" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>352</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>353</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P84" s="4">
         <v>5.02</v>
       </c>
       <c r="Q84" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>67</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>23</v>
       </c>
@@ -7452,54 +7455,54 @@
       <c r="I86" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J86" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>361</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>362</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>330</v>
       </c>
       <c r="P86" s="4">
         <v>23.5</v>
       </c>
       <c r="Q86" s="4">
-        <v>41.65</v>
+        <v>18.15</v>
       </c>
       <c r="R86" s="4">
-        <v>177.24</v>
+        <v>77.24</v>
       </c>
       <c r="S86" s="4">
         <v>0</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>23</v>
       </c>
@@ -7515,54 +7518,54 @@
       <c r="I87" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>364</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>365</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>282</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>282</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>323</v>
       </c>
       <c r="P87" s="4">
         <v>4.71</v>
       </c>
       <c r="Q87" s="4">
-        <v>8.38</v>
+        <v>7.35</v>
       </c>
       <c r="R87" s="4">
-        <v>178.12</v>
+        <v>156.24</v>
       </c>
       <c r="S87" s="4">
         <v>0</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>23</v>
       </c>
@@ -7578,54 +7581,54 @@
       <c r="I88" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>367</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>368</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>369</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>369</v>
       </c>
       <c r="O88" s="4" t="s">
         <v>323</v>
       </c>
       <c r="P88" s="4">
         <v>39.82</v>
       </c>
       <c r="Q88" s="4">
-        <v>83.2</v>
+        <v>39.82</v>
       </c>
       <c r="R88" s="4">
-        <v>208.97</v>
+        <v>100</v>
       </c>
       <c r="S88" s="4">
         <v>0</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>23</v>
       </c>
@@ -7767,54 +7770,54 @@
       <c r="I91" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>382</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>383</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P91" s="4">
         <v>5</v>
       </c>
       <c r="Q91" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>65</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>23</v>
       </c>
@@ -7830,54 +7833,54 @@
       <c r="I92" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J92" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>385</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>386</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P92" s="4">
         <v>5</v>
       </c>
       <c r="Q92" s="4">
-        <v>9.01</v>
+        <v>4.03</v>
       </c>
       <c r="R92" s="4">
-        <v>180.22</v>
+        <v>80.55</v>
       </c>
       <c r="S92" s="4">
         <v>60</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>23</v>
       </c>
@@ -7893,54 +7896,54 @@
       <c r="I93" s="13" t="s">
         <v>388</v>
       </c>
       <c r="J93" s="13" t="s">
         <v>389</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>390</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>391</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>392</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>393</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>394</v>
       </c>
       <c r="P93" s="4">
         <v>29.9</v>
       </c>
       <c r="Q93" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="R93" s="4">
-        <v>9.66</v>
+        <v>0</v>
       </c>
       <c r="S93" s="4">
         <v>70</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>23</v>
       </c>
@@ -7956,54 +7959,54 @@
       <c r="I94" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>396</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>397</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P94" s="4">
         <v>5</v>
       </c>
       <c r="Q94" s="4">
-        <v>9.01</v>
+        <v>4.03</v>
       </c>
       <c r="R94" s="4">
-        <v>180.27</v>
+        <v>80.69</v>
       </c>
       <c r="S94" s="4">
         <v>67</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>23</v>
       </c>
@@ -8019,54 +8022,54 @@
       <c r="I95" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J95" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>399</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>400</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>401</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>402</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P95" s="4">
         <v>26.46</v>
       </c>
       <c r="Q95" s="4">
-        <v>26.22</v>
+        <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>99.12</v>
+        <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>66</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>23</v>
       </c>
@@ -8082,54 +8085,54 @@
       <c r="I96" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J96" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>404</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>405</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>213</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P96" s="4">
         <v>53.59</v>
       </c>
       <c r="Q96" s="4">
-        <v>53.56</v>
+        <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>0</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>23</v>
       </c>
@@ -8208,54 +8211,54 @@
       <c r="I98" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J98" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>413</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>414</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P98" s="4">
         <v>5.02</v>
       </c>
       <c r="Q98" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S98" s="4">
         <v>66</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>23</v>
       </c>
@@ -8271,54 +8274,54 @@
       <c r="I99" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J99" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>416</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>417</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P99" s="4">
         <v>5.02</v>
       </c>
       <c r="Q99" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S99" s="4">
         <v>62</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>23</v>
       </c>
@@ -8334,54 +8337,54 @@
       <c r="I100" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J100" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>419</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>420</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>276</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P100" s="4">
         <v>5.02</v>
       </c>
       <c r="Q100" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S100" s="4">
         <v>61</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>23</v>
       </c>
@@ -8397,54 +8400,54 @@
       <c r="I101" s="13" t="s">
         <v>422</v>
       </c>
       <c r="J101" s="13" t="s">
         <v>423</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>424</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>425</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>426</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>427</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>428</v>
       </c>
       <c r="P101" s="4">
         <v>502.58</v>
       </c>
       <c r="Q101" s="4">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>9.15</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>100</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>23</v>
       </c>
@@ -8460,54 +8463,54 @@
       <c r="I102" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J102" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>430</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>431</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>432</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>433</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P102" s="4">
         <v>30.59</v>
       </c>
       <c r="Q102" s="4">
-        <v>30.55</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>60</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>23</v>
       </c>
@@ -8523,54 +8526,54 @@
       <c r="I103" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J103" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>435</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>436</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>437</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>433</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P103" s="4">
         <v>3.32</v>
       </c>
       <c r="Q103" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>99.17</v>
+        <v>0</v>
       </c>
       <c r="S103" s="4">
         <v>61</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>23</v>
       </c>
@@ -8586,54 +8589,54 @@
       <c r="I104" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J104" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>439</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>440</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>437</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>441</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P104" s="4">
         <v>4.86</v>
       </c>
       <c r="Q104" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S104" s="4">
         <v>67</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>23</v>
       </c>
@@ -8649,54 +8652,54 @@
       <c r="I105" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J105" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>443</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>444</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>445</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>446</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P105" s="4">
         <v>10.82</v>
       </c>
       <c r="Q105" s="4">
-        <v>10.45</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>96.61</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>63</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>23</v>
       </c>
@@ -8712,54 +8715,54 @@
       <c r="I106" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>448</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>449</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>437</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>450</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P106" s="4">
         <v>4.75</v>
       </c>
       <c r="Q106" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>97.76</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>62</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>23</v>
       </c>
@@ -8775,54 +8778,54 @@
       <c r="I107" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>452</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>453</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>259</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>454</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P107" s="4">
         <v>36.35</v>
       </c>
       <c r="Q107" s="4">
-        <v>36.2</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>67</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>23</v>
       </c>
@@ -8838,54 +8841,54 @@
       <c r="I108" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J108" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>456</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>457</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>437</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>433</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P108" s="4">
         <v>3.32</v>
       </c>
       <c r="Q108" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>99.17</v>
+        <v>0</v>
       </c>
       <c r="S108" s="4">
         <v>67</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>23</v>
       </c>
@@ -8901,54 +8904,54 @@
       <c r="I109" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J109" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>459</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>460</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>282</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>282</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>461</v>
       </c>
       <c r="P109" s="4">
         <v>4.67</v>
       </c>
       <c r="Q109" s="4">
-        <v>8.32</v>
+        <v>7.29</v>
       </c>
       <c r="R109" s="4">
-        <v>178.11</v>
+        <v>156.21</v>
       </c>
       <c r="S109" s="4">
         <v>0</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>23</v>
       </c>
@@ -9397,54 +9400,54 @@
       <c r="I117" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J117" s="13" t="s">
         <v>498</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>499</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>500</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>501</v>
       </c>
       <c r="P117" s="4">
         <v>23.51</v>
       </c>
       <c r="Q117" s="4">
-        <v>41.66</v>
+        <v>18.15</v>
       </c>
       <c r="R117" s="4">
-        <v>177.24</v>
+        <v>77.24</v>
       </c>
       <c r="S117" s="4">
         <v>100</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>23</v>
       </c>
@@ -9460,54 +9463,54 @@
       <c r="I118" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J118" s="13" t="s">
         <v>498</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>503</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>504</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>505</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P118" s="4">
         <v>21.67</v>
       </c>
       <c r="Q118" s="4">
-        <v>38.62</v>
+        <v>16.95</v>
       </c>
       <c r="R118" s="4">
-        <v>178.2</v>
+        <v>78.2</v>
       </c>
       <c r="S118" s="4">
         <v>100</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>23</v>
       </c>
@@ -9700,54 +9703,54 @@
       <c r="I122" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J122" s="13" t="s">
         <v>498</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>520</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>521</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>290</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>522</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>283</v>
       </c>
       <c r="P122" s="4">
         <v>23.47</v>
       </c>
       <c r="Q122" s="4">
-        <v>36.27</v>
+        <v>18.14</v>
       </c>
       <c r="R122" s="4">
-        <v>154.53</v>
+        <v>77.26</v>
       </c>
       <c r="S122" s="4">
         <v>100</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>23</v>
       </c>
@@ -9763,54 +9766,54 @@
       <c r="I123" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J123" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>524</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>525</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>224</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>526</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P123" s="4">
         <v>43.86</v>
       </c>
       <c r="Q123" s="4">
-        <v>13.86</v>
+        <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>31.6</v>
+        <v>0</v>
       </c>
       <c r="S123" s="4">
         <v>90</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>23</v>
       </c>
@@ -9826,54 +9829,54 @@
       <c r="I124" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J124" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>528</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>529</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>296</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P124" s="4">
         <v>40.17</v>
       </c>
       <c r="Q124" s="4">
-        <v>38.44</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>95.7</v>
+        <v>0</v>
       </c>
       <c r="S124" s="4">
         <v>67</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>23</v>
       </c>
@@ -9889,54 +9892,54 @@
       <c r="I125" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J125" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>531</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>532</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>317</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>318</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P125" s="4">
         <v>52.63</v>
       </c>
       <c r="Q125" s="4">
-        <v>43.42</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>82.5</v>
+        <v>0</v>
       </c>
       <c r="S125" s="4">
         <v>80</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>23</v>
       </c>
@@ -9952,54 +9955,54 @@
       <c r="I126" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J126" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>534</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>535</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>536</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>537</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P126" s="4">
         <v>234.63</v>
       </c>
       <c r="Q126" s="4">
-        <v>70.7</v>
+        <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>30.13</v>
+        <v>0</v>
       </c>
       <c r="S126" s="4">
         <v>38</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>23</v>
       </c>
@@ -10015,54 +10018,54 @@
       <c r="I127" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J127" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>539</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>540</v>
       </c>
       <c r="M127" s="4" t="s">
         <v>541</v>
       </c>
       <c r="N127" s="4" t="s">
         <v>542</v>
       </c>
       <c r="O127" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P127" s="4">
         <v>157.79</v>
       </c>
       <c r="Q127" s="4">
-        <v>74.4</v>
+        <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>47.15</v>
+        <v>0</v>
       </c>
       <c r="S127" s="4">
         <v>30</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>23</v>
       </c>
@@ -10179,725 +10182,725 @@
       <c r="B130" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H130" s="13" t="s">
         <v>551</v>
       </c>
       <c r="I130" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J130" s="13" t="s">
-        <v>107</v>
+        <v>552</v>
       </c>
       <c r="K130" s="4" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="L130" s="4" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M130" s="4" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="N130" s="4" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="O130" s="4" t="s">
         <v>313</v>
       </c>
       <c r="P130" s="4">
         <v>10.44</v>
       </c>
       <c r="Q130" s="4">
         <v>0</v>
       </c>
       <c r="R130" s="4">
         <v>0</v>
       </c>
       <c r="S130" s="4">
         <v>0</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H131" s="13" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="I131" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>498</v>
       </c>
       <c r="K131" s="4" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="L131" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M131" s="4" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N131" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="O131" s="4" t="s">
         <v>323</v>
       </c>
       <c r="P131" s="4">
         <v>367.85</v>
       </c>
       <c r="Q131" s="4">
-        <v>75.67</v>
+        <v>0</v>
       </c>
       <c r="R131" s="4">
-        <v>20.57</v>
+        <v>0</v>
       </c>
       <c r="S131" s="4">
         <v>15</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H132" s="13" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="I132" s="13"/>
       <c r="J132" s="13"/>
       <c r="K132" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="L132" s="4" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="M132" s="4" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="N132" s="4" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="O132" s="4" t="s">
         <v>461</v>
       </c>
       <c r="P132" s="4">
         <v>240.42</v>
       </c>
       <c r="Q132" s="4">
         <v>0</v>
       </c>
       <c r="R132" s="4">
         <v>0</v>
       </c>
       <c r="S132" s="4">
         <v>0</v>
       </c>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C133" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H133" s="13" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I133" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J133" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K133" s="4" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="L133" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="M133" s="4" t="s">
         <v>478</v>
       </c>
       <c r="N133" s="4" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="O133" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P133" s="4">
         <v>46.99</v>
       </c>
       <c r="Q133" s="4">
         <v>0</v>
       </c>
       <c r="R133" s="4">
         <v>0</v>
       </c>
       <c r="S133" s="4">
         <v>25</v>
       </c>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H134" s="13" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="I134" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J134" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K134" s="4" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="L134" s="4" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="M134" s="4" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="N134" s="4" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="O134" s="4" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="P134" s="4">
         <v>862.23</v>
       </c>
       <c r="Q134" s="4">
-        <v>105.32</v>
+        <v>0</v>
       </c>
       <c r="R134" s="4">
-        <v>12.22</v>
+        <v>0</v>
       </c>
       <c r="S134" s="4">
         <v>25</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H135" s="13" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="I135" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J135" s="13" t="s">
-        <v>107</v>
+        <v>552</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="L135" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="M135" s="4" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="N135" s="4" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="O135" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P135" s="4">
         <v>87.11</v>
       </c>
       <c r="Q135" s="4">
-        <v>20.93</v>
+        <v>0</v>
       </c>
       <c r="R135" s="4">
-        <v>24.03</v>
+        <v>0</v>
       </c>
       <c r="S135" s="4">
         <v>40</v>
       </c>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C136" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H136" s="13" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="I136" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J136" s="13" t="s">
-        <v>107</v>
+        <v>552</v>
       </c>
       <c r="K136" s="4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="L136" s="4" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="M136" s="4" t="s">
         <v>479</v>
       </c>
       <c r="N136" s="4" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="O136" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P136" s="4">
         <v>99.44</v>
       </c>
       <c r="Q136" s="4">
-        <v>69.07</v>
+        <v>0</v>
       </c>
       <c r="R136" s="4">
-        <v>69.46</v>
+        <v>0</v>
       </c>
       <c r="S136" s="4">
         <v>60</v>
       </c>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H137" s="13" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="I137" s="13"/>
       <c r="J137" s="13"/>
       <c r="K137" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="L137" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M137" s="4" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="N137" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="O137" s="4" t="s">
         <v>491</v>
       </c>
       <c r="P137" s="4">
         <v>0.99</v>
       </c>
       <c r="Q137" s="4">
         <v>0</v>
       </c>
       <c r="R137" s="4">
         <v>0</v>
       </c>
       <c r="S137" s="4">
         <v>0</v>
       </c>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C138" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H138" s="13" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="I138" s="13"/>
       <c r="J138" s="13"/>
       <c r="K138" s="4" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="L138" s="4" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M138" s="4" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="N138" s="4" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="O138" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P138" s="4">
         <v>0.84</v>
       </c>
       <c r="Q138" s="4">
         <v>0</v>
       </c>
       <c r="R138" s="4">
         <v>0</v>
       </c>
       <c r="S138" s="4">
         <v>0</v>
       </c>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C139" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H139" s="13" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I139" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J139" s="13"/>
       <c r="K139" s="4" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="L139" s="4" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="M139" s="4" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="N139" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="O139" s="4" t="s">
         <v>461</v>
       </c>
       <c r="P139" s="4">
         <v>84</v>
       </c>
       <c r="Q139" s="4">
         <v>0</v>
       </c>
       <c r="R139" s="4">
         <v>0</v>
       </c>
       <c r="S139" s="4">
         <v>0</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H140" s="13" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="I140" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J140" s="13" t="s">
         <v>498</v>
       </c>
       <c r="K140" s="4" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="L140" s="4" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="M140" s="4" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="N140" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="O140" s="4" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="P140" s="4">
         <v>20.71</v>
       </c>
       <c r="Q140" s="4">
         <v>0</v>
       </c>
       <c r="R140" s="4">
         <v>0</v>
       </c>
       <c r="S140" s="4">
         <v>80</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="7" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B141" s="7"/>
       <c r="C141" s="7"/>
       <c r="D141" s="7"/>
       <c r="E141" s="11"/>
       <c r="F141" s="7"/>
       <c r="G141" s="7"/>
       <c r="H141" s="14"/>
       <c r="I141" s="14"/>
       <c r="J141" s="14"/>
       <c r="K141" s="8"/>
       <c r="L141" s="8"/>
       <c r="M141" s="8"/>
       <c r="N141" s="8"/>
       <c r="O141" s="8">
         <v>5785.58</v>
       </c>
       <c r="P141" s="8">
-        <v>2095.84</v>
+        <v>558.26</v>
       </c>
       <c r="Q141" s="8">
-        <v>36.23</v>
+        <v>9.65</v>
       </c>
       <c r="R141" s="8"/>
       <c r="S141" s="8"/>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A141:N141"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>