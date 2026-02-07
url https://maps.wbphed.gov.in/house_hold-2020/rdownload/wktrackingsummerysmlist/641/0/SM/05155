--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1368,54 +1368,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>2.74</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1425,54 +1425,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P11" s="4">
         <v>7.55</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.55</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1482,54 +1482,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>7.99</v>
       </c>
       <c r="Q12" s="4">
-        <v>7.99</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1657,54 +1657,54 @@
       <c r="I15" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P15" s="4">
         <v>3.12</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>8.94</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1832,54 +1832,54 @@
       <c r="I18" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P18" s="4">
         <v>0.82</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1927,54 +1927,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>58.28</v>
       </c>
       <c r="P20" s="8">
-        <v>19.38</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>33.25</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>