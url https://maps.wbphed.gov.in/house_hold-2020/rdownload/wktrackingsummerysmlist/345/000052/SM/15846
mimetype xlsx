--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -113,177 +113,177 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000045/2023-2024</t>
   </si>
   <si>
     <t>2075/TD</t>
   </si>
   <si>
     <t>28/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000095/2023-2024</t>
   </si>
   <si>
     <t>2998/TD</t>
   </si>
   <si>
     <t>29/11/2023</t>
   </si>
   <si>
+    <t>Preparation of D.P.R. for different works for providing Functional Household Tap Connection (FHTC) by Augmentation of Sankarpur Water Supply Scheme (Zone- III) under Tamluk Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000330/2023-2024</t>
+  </si>
+  <si>
+    <t>740/TD</t>
+  </si>
+  <si>
+    <t>25/05/2023</t>
+  </si>
+  <si>
+    <t>14/06/2023</t>
+  </si>
+  <si>
+    <t>ASTER CONSULTANCY</t>
+  </si>
+  <si>
+    <t>Preparation of design based on soil test report and submission of drawing of foundation for construction of 250 cum RCC OHR at Sankarpur Zone-III PWSS at Ramnagar-II Block under Tamluk Division,PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001044/2023-2024</t>
+  </si>
+  <si>
+    <t>374/TD</t>
+  </si>
+  <si>
+    <t>29/01/2024</t>
+  </si>
+  <si>
+    <t>08/02/2024</t>
+  </si>
+  <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
+    <t>QUOTATION FOR NEW SERVICE CONNECTION AT ZONE-3, TW-II OF SHANKARPUR WS SCHEME UNDER MMD, PHE DTE, BLOCK-RAMNAGAR -1, DIGHA CCC APP. NO-2004746394 CON ID-204313991</t>
+  </si>
+  <si>
+    <t>BILL/01143/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-257</t>
+  </si>
+  <si>
+    <t>06/06/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Quotation Bill for New Service connection at T/W NO-I , ZONE-III Of SANKARPUR W/S Scheme under MMD, PHE, Dte. Block- RAMNAGAR-I, DIGHA C.C.C. Ref. Memo No- 2004626526/QUOT/03 DT. 04-03-2024 Application NO- 2004626526 Application type-New connection Consumer Id- 204233340</t>
+  </si>
+  <si>
+    <t>BILL/04341/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-809</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments atPiped Water Supply Scheme for Sankarpur Zone-III in Purba Medinipur District, under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
+  </si>
+  <si>
+    <t>Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division</t>
+  </si>
+  <si>
+    <t>ORD/000040/2023-2024</t>
+  </si>
+  <si>
+    <t>1211/W/MMD</t>
+  </si>
+  <si>
+    <t>25/04/2023</t>
+  </si>
+  <si>
+    <t>10/11/2027</t>
+  </si>
+  <si>
+    <t>S.S.GHORAI</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, Laying distribution pipe line, Pump House, Boundary Wall soil investigation, 250 Cum OHR &amp; Accommodate FHTC ( 267 Nos) under JJM with allied work for SANKARPUR (Zone-III) PWSS within Ramnagar-I Block under Digha Sub-Division of Tamluk Division , PHED , Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000519/2023-2024</t>
+  </si>
+  <si>
+    <t>1756/TD</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>SUSIL KUMAR HAZRA</t>
+  </si>
+  <si>
     <t>Hiring of inspection vehicle for supervision and monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/000749/2023-2024</t>
   </si>
   <si>
     <t>688/HESD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>29/08/2024</t>
-  </si>
-[...103 lines deleted...]
-    <t>SUSIL KUMAR HAZRA</t>
   </si>
   <si>
     <t>Laying distribution pipe line due to Re-design, &amp; Accommodate Balance FHTC ( 98 Nos) under JJM with allied work for SANKARPUR (Zone-III) PWSS within Ramnagar-I Block under Digha Sub-Division of Tamluk Division ,PHED , Purba Medinipur</t>
   </si>
   <si>
     <t>ORD/000109/2024-2025</t>
   </si>
   <si>
     <t>1903/TD</t>
   </si>
   <si>
     <t>07/06/2024</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>SOUMYA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -928,488 +928,488 @@
         <v>1.64</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="I5" s="13" t="s">
+      <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="N5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="O5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>2.12</v>
+        <v>3.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>0</v>
+        <v>3.48</v>
       </c>
       <c r="R5" s="4">
-        <v>0</v>
+        <v>99.92</v>
       </c>
       <c r="S5" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="I6" s="13" t="s">
+      <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="J6" s="13" t="s">
+      <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="L6" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O6" s="4" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="P6" s="4">
-        <v>3.49</v>
+        <v>0.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.48</v>
+        <v>0.95</v>
       </c>
       <c r="R6" s="4">
-        <v>99.92</v>
+        <v>100</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="N7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>0.95</v>
+        <v>0.71</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="P8" s="4">
-        <v>0.71</v>
+        <v>3.85</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="I9" s="13"/>
-[...1 lines deleted...]
-      <c r="K9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="M9" s="4" t="s">
+      <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="N9" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>3.85</v>
+        <v>23.52</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>14.1</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>59.95</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J10" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="J10" s="13" t="s">
+      <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="N10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="O10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>23.52</v>
+        <v>193.96</v>
       </c>
       <c r="Q10" s="4">
-        <v>14.1</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>59.95</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="P11" s="4">
-        <v>193.96</v>
+        <v>2.12</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>53.79</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>