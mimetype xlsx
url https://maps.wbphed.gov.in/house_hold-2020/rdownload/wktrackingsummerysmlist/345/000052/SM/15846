--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -967,54 +967,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>3.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.48</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1028,54 +1028,54 @@
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P6" s="4">
         <v>0.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1203,54 +1203,54 @@
       <c r="I9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>23.52</v>
       </c>
       <c r="Q9" s="4">
-        <v>14.1</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>59.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1420,54 +1420,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>298.05</v>
       </c>
       <c r="P13" s="8">
-        <v>18.54</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>6.22</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>