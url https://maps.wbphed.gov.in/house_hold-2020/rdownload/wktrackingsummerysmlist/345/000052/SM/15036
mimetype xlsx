--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -191,141 +191,141 @@
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Electric Quotation for GOBINDANAGAR, Water Supply Scheme T/W-I, Zone-I (Ref. ID-204056032)</t>
   </si>
   <si>
     <t>BILL/01754/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-177</t>
   </si>
   <si>
     <t>08/08/2023</t>
   </si>
   <si>
     <t>Electric Quotation for GOBINDANAGAR Water Supply Scheme Z-II, T/W-III (Ref. ID-204048353)</t>
   </si>
   <si>
     <t>BILL/01814/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-197</t>
   </si>
   <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for 1(One)) No. Boosting Tube Well for Gobindanagar Water Supply Scheme of Panskura-I Block under Tamluk Sub-Division of Tamluk Division, PHE Dte. within Purba Medinipur District under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
+  </si>
+  <si>
+    <t>Sri Raju Pramanik, JE/Haldia Electrical Sub-Division.</t>
+  </si>
+  <si>
+    <t>ORD/001395/2023-2024</t>
+  </si>
+  <si>
+    <t>3042/W/MMD</t>
+  </si>
+  <si>
+    <t>17/11/2023</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>SHIVAM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for 3 (Three) Nos. Boosting Tube Well for Gobindanagar Water Supply Scheme of Panskura-I Block under Tamluk Sub-Division of Tamluk Division, PHE Dte. within Purba Medinipur District under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/002000/2022-2023</t>
+  </si>
+  <si>
+    <t>902/W/MMD</t>
+  </si>
+  <si>
+    <t>27/03/2023</t>
+  </si>
+  <si>
+    <t>23/09/2023</t>
+  </si>
+  <si>
+    <t>M/S EMMESS</t>
+  </si>
+  <si>
+    <t>Name of Work: Sinking of 2 (Two) nos. Tube Well at different sites. Name of Sites: i) Sinking of 300mm. x 200mm. dia. x 240 mtr. Deep Tube well by direct rotary rig method at Boosting Tubewell Site of Gobindanagar W/S Scheme within Panskura-I Block under Tamluk Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 300mm. x 200mm. dia. x 240 mtr. Deep Tube well by direct rotary rig method at Boosting Tubewell Site of Dakshin Mechogram W/S Scheme within Panskura-I Block under Tamluk Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000019/2023-2024</t>
+  </si>
+  <si>
+    <t>117/TD</t>
+  </si>
+  <si>
+    <t>06/04/2023</t>
+  </si>
+  <si>
+    <t>16/05/2023</t>
+  </si>
+  <si>
+    <t>AQUATECH ENGINEER</t>
+  </si>
+  <si>
+    <t>Additional service connection charge at Gobindanagar, Zone-II, TW-IV Chiara, Chiara, Gobindanagar, Golghat Panskura Ref ID-860294542 Application ID-100000102262 Panskura CCC</t>
+  </si>
+  <si>
+    <t>BILL/04383/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-827</t>
+  </si>
+  <si>
+    <t>13/03/2024</t>
+  </si>
+  <si>
     <t>Hiring of inspection vehicle for supervision and monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/000749/2023-2024</t>
   </si>
   <si>
     <t>688/HESD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>S.S.GHORAI</t>
-  </si>
-[...67 lines deleted...]
-    <t>13/03/2024</t>
   </si>
   <si>
     <t>3(Three) nos Construction of (3.60 Mtr. X 3.00 Mtr.) Switch Room cum Chlorine Room, Laying of Rising main line with interconnection and new construction of boundary wall (Length-50 m) at Boosting Tube Well Site for Gobindanagar Water Supply Scheme under Tamluk Sub Division of Tamluk Division, PHE Dte. Purba Medinipur .</t>
   </si>
   <si>
     <t>ORD/000133/2023-2024</t>
   </si>
   <si>
     <t>269/TD</t>
   </si>
   <si>
     <t>20/04/2023</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>M/S. S. A. CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -1242,300 +1242,300 @@
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
-        <v>2.12</v>
+        <v>13.68</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>2.95</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>21.58</v>
       </c>
       <c r="S9" s="4">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="N10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="O10" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>13.68</v>
+        <v>40.78</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.95</v>
+        <v>40.07</v>
       </c>
       <c r="R10" s="4">
-        <v>21.58</v>
+        <v>98.25</v>
       </c>
       <c r="S10" s="4">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="M11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="N11" s="4" t="s">
+      <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="O11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>40.78</v>
+        <v>37.12</v>
       </c>
       <c r="Q11" s="4">
-        <v>40.07</v>
+        <v>16.48</v>
       </c>
       <c r="R11" s="4">
-        <v>98.25</v>
+        <v>44.4</v>
       </c>
       <c r="S11" s="4">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N12" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="P12" s="4">
-        <v>37.12</v>
+        <v>1.83</v>
       </c>
       <c r="Q12" s="4">
-        <v>16.48</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>44.4</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="I13" s="13"/>
-[...1 lines deleted...]
-      <c r="K13" s="4" t="s">
+      <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="M13" s="4" t="s">
+      <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="N13" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>1.83</v>
+        <v>2.12</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>