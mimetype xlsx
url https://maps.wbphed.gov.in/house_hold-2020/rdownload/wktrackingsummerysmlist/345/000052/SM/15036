--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -895,54 +895,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>73.36</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.62</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>13.11</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -956,54 +956,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>17.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.72</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>82.92</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1245,54 +1245,54 @@
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>13.68</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>21.58</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1306,54 +1306,54 @@
       <c r="I10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>40.78</v>
       </c>
       <c r="Q10" s="4">
-        <v>40.07</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.25</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1367,54 +1367,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>37.12</v>
       </c>
       <c r="Q11" s="4">
-        <v>16.48</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>44.4</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1546,88 +1546,88 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>49.64</v>
       </c>
       <c r="Q14" s="4">
-        <v>10.88</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>21.91</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>268.3</v>
       </c>
       <c r="P15" s="8">
-        <v>94.72</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>35.3</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>