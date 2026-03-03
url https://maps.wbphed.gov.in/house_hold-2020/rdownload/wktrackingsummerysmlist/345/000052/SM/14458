--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,90 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>PURBA MEDINIPUR</t>
+  </si>
+  <si>
+    <t>Tamluk Division</t>
+  </si>
+  <si>
+    <t>Procurement of Mobile Laboratory Van (MLV) under Water Quality Monitoring &amp; Surveillance Programme related to Jal Jeevan Mission</t>
+  </si>
+  <si>
+    <t>SM/14458</t>
+  </si>
+  <si>
+    <t>Support-WQMSP</t>
+  </si>
+  <si>
+    <t>Procurement of 1 no of Mobile Laboratory Vans (MLVs) complete with internal fabrication, refrigeration, exhaust system, air conditioning system, waste disposal system and fully equipped with OMAS instruments, devices, consumables, reagents, smart phone with preloaded water quality app synchronized with PHED water quality dashboard and safety gear for resource personnel for water quality testing in remote areas including external designing and painting for IEC propaganda complete with IEC audio visual aids as directed by EIC under Tamluk Division,PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000637/2023-2024</t>
+  </si>
+  <si>
+    <t>2449/TD</t>
+  </si>
+  <si>
+    <t>20/09/2023</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>SUNANDA ENVIROMENTAL INTERNATIONAL PVT. LTD.</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +190,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +543,264 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...12 lines deleted...]
-      <c r="O3" s="6">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>75.86</v>
+      </c>
+      <c r="Q3" s="4">
         <v>0</v>
       </c>
-      <c r="P3" s="6">
+      <c r="R3" s="4">
         <v>0</v>
       </c>
-      <c r="Q3" s="6" t="s">
-[...3 lines deleted...]
-      <c r="S3" s="6"/>
+      <c r="S3" s="4">
+        <v>100</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="11"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
+      <c r="J4" s="14"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8">
+        <v>75.86</v>
+      </c>
+      <c r="P4" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q4" s="8">
+        <v>0</v>
+      </c>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A4:N4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>