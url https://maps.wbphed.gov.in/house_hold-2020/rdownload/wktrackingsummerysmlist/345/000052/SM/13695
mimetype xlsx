--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -251,51 +251,51 @@
   <si>
     <t>ORD/001678/2022-2023</t>
   </si>
   <si>
     <t>567/W/MMD</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>M/S B.M. ELECTRICAL</t>
   </si>
   <si>
     <t>ORD/000207/2023-2024</t>
   </si>
   <si>
     <t>418/TD</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
-    <t>25/10/2025</t>
+    <t>24/12/2025</t>
   </si>
   <si>
     <t>Ground water based Mohanpur Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work (300nos) and Construction of R.C.C. Over Head Reservoir of capacity 300 cum and staging height 20.00 mtr. with allied work including Sub Soil Investigation within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-B)</t>
   </si>
   <si>
     <t>ORD/000246/2023-2024</t>
   </si>
   <si>
     <t>525/TD</t>
   </si>
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>BANDHAB ENGINEERS CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Box Culvert at HW site ,Land Development work &amp; Construction of Retaining wall of ground water based Mohanpur Water Supply Scheme within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000730/2023-2024</t>
   </si>