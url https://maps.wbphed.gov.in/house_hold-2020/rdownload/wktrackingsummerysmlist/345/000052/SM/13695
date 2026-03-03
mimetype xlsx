--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1007,54 +1007,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>89.21</v>
       </c>
       <c r="Q5" s="4">
-        <v>23.55</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>26.39</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>30</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1133,54 +1133,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>31.41</v>
       </c>
       <c r="Q7" s="4">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>92.32</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1373,54 +1373,54 @@
       <c r="I11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>22.81</v>
       </c>
       <c r="Q11" s="4">
-        <v>16.19</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>71.01</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1436,54 +1436,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P12" s="4">
         <v>135.23</v>
       </c>
       <c r="Q12" s="4">
-        <v>68.23</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>50.45</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1499,54 +1499,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>175.05</v>
       </c>
       <c r="Q13" s="4">
-        <v>32.44</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>18.53</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>25</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1562,88 +1562,88 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>14.92</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.92</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>39.69</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>30</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>735.12</v>
       </c>
       <c r="P15" s="8">
-        <v>175.33</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>23.85</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>