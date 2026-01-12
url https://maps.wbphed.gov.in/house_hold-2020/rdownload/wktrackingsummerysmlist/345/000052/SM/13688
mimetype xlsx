--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -125,51 +125,51 @@
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Ground water based Sar Berya Water Supply Scheme by providing Construction of Pump House, Boundary Wall, Laying of Rising main, Laying of Distribution pipe line and FHTC work within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-D)</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000808/2022-2023</t>
   </si>
   <si>
     <t>3077/TD</t>
   </si>
   <si>
     <t>28/02/2023</t>
   </si>
   <si>
-    <t>27/12/2024</t>
+    <t>26/09/2025</t>
   </si>
   <si>
     <t>J.M. CONSTRUCTION</t>
   </si>
   <si>
     <t>Ground water based Sar Berya Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur. (Part-F)</t>
   </si>
   <si>
     <t>ORD/000810/2022-2023</t>
   </si>
   <si>
     <t>3079/TD</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
     <t>MADAN MOHAN MAITY</t>
   </si>
   <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for SAR BERYA and ADJOINING MOUJAS, Block ¿ Mahishadal, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>