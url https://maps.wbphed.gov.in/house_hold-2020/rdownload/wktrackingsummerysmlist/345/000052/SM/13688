--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -929,54 +929,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>59.34</v>
       </c>
       <c r="Q4" s="4">
-        <v>45.12</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>76.04</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>35</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -992,54 +992,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>36.48</v>
       </c>
       <c r="Q5" s="4">
-        <v>35.3</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.76</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1055,54 +1055,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>21.56</v>
       </c>
       <c r="Q6" s="4">
-        <v>21.13</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.01</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1118,54 +1118,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>0.42</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1181,54 +1181,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>0.94</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1303,54 +1303,54 @@
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>55.08</v>
       </c>
       <c r="Q10" s="4">
-        <v>45.84</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>83.22</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>62</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1366,54 +1366,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>80.39</v>
       </c>
       <c r="Q11" s="4">
-        <v>33.31</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>41.43</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>3</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1490,88 +1490,88 @@
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>42.52</v>
       </c>
       <c r="Q13" s="4">
-        <v>39.94</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>93.95</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>354.9</v>
       </c>
       <c r="P14" s="8">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>62.55</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>