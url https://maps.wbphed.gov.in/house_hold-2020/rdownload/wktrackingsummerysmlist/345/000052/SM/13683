--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -224,120 +224,123 @@
   <si>
     <t>A. K. SIKDAR</t>
   </si>
   <si>
     <t>RTOR000143/2023-2024</t>
   </si>
   <si>
     <t>103/TD</t>
   </si>
   <si>
     <t>05/01/2024</t>
   </si>
   <si>
     <t>Laying distribution pipe line, &amp; Accommodate FHTC ( 124 Nos) under JJM with allied work for Islampur &amp; Its Adjoining Mouzas Water Supply Scheme within Ramnagar-II Block under Digha Sub-Division of Tamluk Division , PHED , Purba Medinipur ( Part-G )</t>
   </si>
   <si>
     <t>ORD/000071/2023-2024</t>
   </si>
   <si>
     <t>173/TD</t>
   </si>
   <si>
     <t>11/04/2023</t>
   </si>
   <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>AYSAN KHAN</t>
+  </si>
+  <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Construction of Big Diameter Tube-Well by Deploying of Suitable Capacity Drilling Rig (Direct Rotary, Reverse Rotary, Odex Method) at Different Districts for Different Water Supply Schemes Including Procurement &amp; Installation Pumping Machinery with All Allied Accessories at the Above Constructed Tube-Wells Under JJM Program throughout the State of West Bengal. (2ed call of NIET 25 of 2022-23)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Driller In Charge</t>
+  </si>
+  <si>
+    <t>ORD/000001/2023-2024</t>
+  </si>
+  <si>
+    <t>1415/CDD</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>21/07/2024</t>
+  </si>
+  <si>
+    <t>JHARGRAM SPV PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line, Pump House, Boundary Wall soil investigation, 300 Cum OHR ( with pile foundatio ) &amp; Accommodate FHTC ( 414 Nos) under JJM with allied work for Islampur &amp; Its Adjoining Mouzas Water Supply Scheme within Ramnagar-II Block under Digha Sub-Division of Tamluk Division , PHED , Purba Medinipur (Part-A)</t>
+  </si>
+  <si>
+    <t>ORD/000412/2023-2024</t>
+  </si>
+  <si>
+    <t>1098/TD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
     <t>28/08/2025</t>
   </si>
   <si>
-    <t>AYSAN KHAN</t>
-[...37 lines deleted...]
-  <si>
     <t>FIROZ KHAN</t>
   </si>
   <si>
     <t>Laying distribution pipe line, Pump House, Boundary Wall &amp; Accommodate FHTC ( 238 Nos) under JJM with allied work for Islampur &amp; Its Adjoining Mouzas Water Supply Scheme within Ramnagar-II Block under Digha Sub-Division of Tamluk Division , PHED , Purba Medinipur (Part-B)</t>
   </si>
   <si>
     <t>ORD/000284/2023-2024</t>
   </si>
   <si>
     <t>563/TD</t>
   </si>
   <si>
     <t>12/05/2023</t>
   </si>
   <si>
     <t>Canal crossing Structure for laying of Distribution line from Sapua Bridge towards Chaulkhola parallel of NH-116B for Islampur &amp; Its Adjoining Mouzas water Supply Scheme within Ramnagar-II BLOCK under Digha Sub-Division of Tamluk Division , PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000442/2024-2025</t>
   </si>
   <si>
     <t>3538/TD</t>
   </si>
   <si>
     <t>13/11/2024</t>
   </si>
   <si>
-    <t>10/08/2025</t>
+    <t>06/02/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -950,54 +953,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>19.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.06</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>60.78</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>62</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1013,54 +1016,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>84.26</v>
       </c>
       <c r="Q5" s="4">
-        <v>54.11</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>64.21</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>65</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1076,54 +1079,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>19.87</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.08</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>60.82</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1139,54 +1142,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>6.81</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.92</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1202,54 +1205,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>84.49</v>
       </c>
       <c r="Q8" s="4">
-        <v>52.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>61.74</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1265,54 +1268,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>9.42</v>
       </c>
       <c r="Q9" s="4">
-        <v>9.36</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.43</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>99</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1450,277 +1453,277 @@
       <c r="I12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>50.75</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>11</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>199.26</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>30</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P14" s="4">
         <v>119.04</v>
       </c>
       <c r="Q14" s="4">
-        <v>87.21</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>73.26</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P15" s="4">
         <v>21.61</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>21961.46</v>
       </c>
       <c r="P16" s="8">
-        <v>283.66</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>