--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -185,51 +185,51 @@
   <si>
     <t>BILL/00514/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-92</t>
   </si>
   <si>
     <t>24/04/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Soil investigation, 150 cum OHR (Torch type with pile foundation) under JJM with allied work for Mirjapur PWSS within Egra-II Block including supply of all labour &amp; materials under Digha Sub-Division of Tamluk Division, PHE Dte. (PART-D)</t>
   </si>
   <si>
     <t>ORD/000254/2023-2024</t>
   </si>
   <si>
     <t>522/TD</t>
   </si>
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
-    <t>28/12/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>SASWATA CONSTRUCTION</t>
   </si>
   <si>
     <t>Central Drilling</t>
   </si>
   <si>
     <t>Construction of Big Diameter Tube-Well by Deploying of Suitable Capacity Drilling Rig (Direct Rotary, Reverse Rotary, Odex Method) at Different Districts for Different Water Supply Schemes Including Procurement &amp; Installation Pumping Machinery with All Allied Accessories at the Above Constructed Tube-Wells Under JJM Program throughout the State of West Bengal. (2ed call of NIET 25 of 2022-23)</t>
   </si>
   <si>
     <t>Assistant Engineer,Driller In Charge</t>
   </si>
   <si>
     <t>ORD/000001/2023-2024</t>
   </si>
   <si>
     <t>1415/CDD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>21/07/2024</t>
   </si>
@@ -1192,54 +1192,54 @@
       <c r="I8" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P8" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q8" s="4">
-        <v>64.14</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>11</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1381,54 +1381,54 @@
       <c r="I11" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P11" s="4">
         <v>0.86</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>244.53</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1478,54 +1478,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>21723.9</v>
       </c>
       <c r="P13" s="8">
-        <v>66.26</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>0.31</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>