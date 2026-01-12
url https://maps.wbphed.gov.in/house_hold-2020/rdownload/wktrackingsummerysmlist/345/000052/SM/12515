--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -167,318 +167,318 @@
   <si>
     <t>Laying distribution System, &amp; Accommodate FHTC (50 nos) under JJM with allied work for Dakshin Ankha PWSS in Moyna Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte, Purba Medinipur. (PART-H)</t>
   </si>
   <si>
     <t>ORD/000184/2023-2024</t>
   </si>
   <si>
     <t>374/TD</t>
   </si>
   <si>
     <t>BAGLAMUKHI SECURITY SERVICE</t>
   </si>
   <si>
     <t>Laying distribution System, Construction of Boundary wall at 1st. Tube well site &amp; Accommodate FHTC (385 nos) under JJM with allied work for Dakshin Ankha PWSS in Moyna Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte, Purba Medinipur. (PART-B)</t>
   </si>
   <si>
     <t>ORD/000250/2023-2024</t>
   </si>
   <si>
     <t>514/TD</t>
   </si>
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
-    <t>25/10/2025</t>
+    <t>22/02/2026</t>
   </si>
   <si>
     <t>MAA KALI CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying distribution System, Construction of Boundary Wall at 2nd. Tube well site , &amp; Accommodate FHTC (500 nos) under JJM with allied work for Dakshin Ankha PWSS in Moyna Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte, Purba Medinipur. (PART-C)</t>
   </si>
   <si>
     <t>ORD/000251/2023-2024</t>
   </si>
   <si>
     <t>515/TD</t>
   </si>
   <si>
     <t>10/07/2023</t>
   </si>
   <si>
     <t>SHAKEEL KHAN</t>
   </si>
   <si>
+    <t>Laying distribution System, &amp; Accommodate FHTC (50 nos) under JJM with allied work for Dakshin Ankha PWSS in Moyna Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte, Purba Medinipur. (PART-J)</t>
+  </si>
+  <si>
+    <t>ORD/000702/2023-2024</t>
+  </si>
+  <si>
+    <t>2813/TD</t>
+  </si>
+  <si>
+    <t>07/11/2023</t>
+  </si>
+  <si>
+    <t>27/11/2023</t>
+  </si>
+  <si>
+    <t>CHANDA AGENCIES</t>
+  </si>
+  <si>
+    <t>Development of low land and construction of Link Road by carried earth at H/W Site for Dakshin Anukha PWSS under Tamluk Sub-Division of Tamluk Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000698/2023-2024</t>
+  </si>
+  <si>
+    <t>2738/TD</t>
+  </si>
+  <si>
+    <t>01/11/2023</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Providing drilling crews Including Allied Materials for construction of Tube Well (300mm X200mm) at Dakshin Ankha PWSS within Moyna Block under Central Drilling Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Driller In Charge</t>
+  </si>
+  <si>
+    <t>ORD/000176/2023-2024</t>
+  </si>
+  <si>
+    <t>1469/CDD</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>24/04/2024</t>
+  </si>
+  <si>
+    <t>PADMA ENGINEERING &amp; CO.</t>
+  </si>
+  <si>
+    <t>Proposed retaining wall cum guard wall , approach road, earth filling at 2nd tube site under Dakshin Anukha and its adjoining mouzas PWSS under Moyna development block under Tamluk Sub-Division in Tamluk Division ,Dist-Pruba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000719/2023-2024</t>
+  </si>
+  <si>
+    <t>2941/TD</t>
+  </si>
+  <si>
+    <t>23/11/2023</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>NARAYAN MANDAL</t>
+  </si>
+  <si>
+    <t>Providing drilling crews Including Allied Materials for construction of Tube Well ( 250mm X150mm) at Dakshin Ankha W/S Scheme within Purba Medinipur District under Central Drilling Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000178/2023-2024</t>
+  </si>
+  <si>
+    <t>1414/CDD</t>
+  </si>
+  <si>
+    <t>20/09/2023</t>
+  </si>
+  <si>
+    <t>17/04/2024</t>
+  </si>
+  <si>
+    <t>MENAKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Proposed Retaining wall cum Gurad Wall at Head work site under Dakshin Anukha and its Adjoning mouzas PWSS under Moyna Block Development Block under Tamluk Sub Division in Tamluk Division, Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000139/2024-2025</t>
+  </si>
+  <si>
+    <t>1928/TD</t>
+  </si>
+  <si>
+    <t>07/06/2024</t>
+  </si>
+  <si>
+    <t>07/07/2024</t>
+  </si>
+  <si>
+    <t>M J A ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing drilling crew and other allied works for construction of Tube Well ( 300mm X200mm X 250 Mtrs. Depth) by utilising Departmental Machineries for Dakshin Ankha W/S Scheme ( TW- II) , Moyna Block under Purba Midnapur District, Central Drilling Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000221/2023-2024</t>
+  </si>
+  <si>
+    <t>1844//CDD</t>
+  </si>
+  <si>
+    <t>16/04/2024</t>
+  </si>
+  <si>
+    <t>RTOR000004/2024-2025</t>
+  </si>
+  <si>
+    <t>1562/TD</t>
+  </si>
+  <si>
+    <t>23/04/2024</t>
+  </si>
+  <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
+    <t>Additional quotation for Dakhin Anukha w/s scheme PH II in the district of Purba Medinipur under MMD PHE Dte. ( App ID 100000112312, Ref ID 860303992)</t>
+  </si>
+  <si>
+    <t>BILL/01721/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-496</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Quotation for Dakhin Ankha w/s scheme PH-I in the district of Purba Medinipur under MMD PHE dte.(Application No.-2004608983, Ref ID-204222616)</t>
+  </si>
+  <si>
+    <t>BILL/04501/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-858</t>
+  </si>
+  <si>
+    <t>16/03/2024</t>
+  </si>
+  <si>
+    <t>Quotation for Dakhin Ankha w/s scheme PH-II in the district of Purba Medinipur under MMD PHE dte.(Application No.-2004608987, Ref ID-204222617)</t>
+  </si>
+  <si>
+    <t>BILL/04496/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-859</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for DKSHIM ANKHA and ADJOINING MOUJAS, Block - Moyna, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
+  </si>
+  <si>
+    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.</t>
+  </si>
+  <si>
+    <t>ORD/001636/2022-2023</t>
+  </si>
+  <si>
+    <t>516/W/MMD</t>
+  </si>
+  <si>
+    <t>20/03/2023</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>KARUNAMOY ENGINEERING</t>
+  </si>
+  <si>
+    <t>Laying distribution System, Switch Room cum Chlorine Room I &amp; II , Accommodate FHTC (550 nos) &amp; Rising Main under JJM with allied work for Dakshin Ankha PWSS in Moyna Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte, Purba Medinipur. (PART-A)</t>
+  </si>
+  <si>
+    <t>ORD/000293/2023-2024</t>
+  </si>
+  <si>
+    <t>582/TD</t>
+  </si>
+  <si>
+    <t>16/05/2023</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>Soil investigation &amp; R.C.C. Elevated Reservoir of capacity 250 cum and staging height 20.00 mtr. as per Departmental Drawing (Intze type with pile foundation) under JJM with allied work for Dakshin Ankha PWSS in Moyna Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte, Purba Medinipur. (PART-E)</t>
+  </si>
+  <si>
+    <t>ORD/000528/2023-2024</t>
+  </si>
+  <si>
+    <t>1777/TD</t>
+  </si>
+  <si>
+    <t>02/08/2023</t>
+  </si>
+  <si>
+    <t>30/11/2025</t>
+  </si>
+  <si>
+    <t>NEW STAR CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Hiring of inspection vehicle for supervision and monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/000749/2023-2024</t>
   </si>
   <si>
     <t>688/HESD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>S.S.GHORAI</t>
-  </si>
-[...220 lines deleted...]
-    <t>NEW STAR CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1367,962 +1367,962 @@
       <c r="Q8" s="4">
         <v>60.12</v>
       </c>
       <c r="R8" s="4">
         <v>67.32</v>
       </c>
       <c r="S8" s="4">
         <v>31</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="I9" s="13" t="s">
+      <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="J9" s="13" t="s">
+      <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="K9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>2.12</v>
+        <v>9.93</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>6.52</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>65.69</v>
       </c>
       <c r="S9" s="4">
-        <v>50</v>
+        <v>81</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="L10" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O10" s="4" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="P10" s="4">
-        <v>9.93</v>
+        <v>6.92</v>
       </c>
       <c r="Q10" s="4">
-        <v>6.52</v>
+        <v>5.02</v>
       </c>
       <c r="R10" s="4">
-        <v>65.69</v>
+        <v>72.51</v>
       </c>
       <c r="S10" s="4">
-        <v>81</v>
+        <v>25</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="M11" s="4" t="s">
+      <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="N11" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>6.92</v>
+        <v>14.74</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>72.51</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>14.74</v>
+        <v>8.22</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>8.21</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>99.89</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="M13" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>8.22</v>
+        <v>11.26</v>
       </c>
       <c r="Q13" s="4">
-        <v>8.21</v>
+        <v>9.95</v>
       </c>
       <c r="R13" s="4">
-        <v>99.89</v>
+        <v>88.34</v>
       </c>
       <c r="S13" s="4">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="N14" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="O14" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="M14" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" s="4">
-        <v>11.26</v>
+        <v>3.33</v>
       </c>
       <c r="Q14" s="4">
-        <v>9.95</v>
+        <v>3.32</v>
       </c>
       <c r="R14" s="4">
-        <v>88.34</v>
+        <v>99.79</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="I15" s="13" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>103</v>
+        <v>76</v>
       </c>
       <c r="P15" s="4">
-        <v>3.33</v>
+        <v>14.69</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.32</v>
+        <v>12.26</v>
       </c>
       <c r="R15" s="4">
-        <v>99.79</v>
+        <v>83.41</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="P16" s="4">
-        <v>14.69</v>
+        <v>10.07</v>
       </c>
       <c r="Q16" s="4">
-        <v>12.26</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>83.41</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>26</v>
+        <v>103</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
       <c r="P17" s="4">
-        <v>10.07</v>
+        <v>0.99</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="P18" s="4">
-        <v>0.99</v>
+        <v>3.47</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="P19" s="4">
-        <v>3.47</v>
+        <v>3.58</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I20" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="J20" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="M20" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="I20" s="13"/>
-[...1 lines deleted...]
-      <c r="K20" s="4" t="s">
+      <c r="N20" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="L20" s="4" t="s">
+      <c r="O20" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="M20" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P20" s="4">
-        <v>3.58</v>
+        <v>22.75</v>
       </c>
       <c r="Q20" s="4">
-        <v>0</v>
+        <v>15.69</v>
       </c>
       <c r="R20" s="4">
-        <v>0</v>
+        <v>68.99</v>
       </c>
       <c r="S20" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>123</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="J21" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="K21" s="4" t="s">
+      <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="L21" s="4" t="s">
+      <c r="M21" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="M21" s="4" t="s">
+      <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="N21" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O21" s="4" t="s">
-        <v>129</v>
+        <v>82</v>
       </c>
       <c r="P21" s="4">
-        <v>22.75</v>
+        <v>138.66</v>
       </c>
       <c r="Q21" s="4">
-        <v>15.69</v>
+        <v>104.99</v>
       </c>
       <c r="R21" s="4">
-        <v>68.99</v>
+        <v>75.72</v>
       </c>
       <c r="S21" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K22" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="M22" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="L22" s="4" t="s">
+      <c r="N22" s="4" t="s">
         <v>132</v>
       </c>
-      <c r="M22" s="4" t="s">
+      <c r="O22" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="N22" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P22" s="4">
-        <v>138.66</v>
+        <v>108.73</v>
       </c>
       <c r="Q22" s="4">
-        <v>104.99</v>
+        <v>54.87</v>
       </c>
       <c r="R22" s="4">
-        <v>75.72</v>
+        <v>50.47</v>
       </c>
       <c r="S22" s="4">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="I23" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="J23" s="13" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P23" s="4">
-        <v>108.73</v>
+        <v>2.12</v>
       </c>
       <c r="Q23" s="4">
-        <v>54.87</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>50.47</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>602.82</v>