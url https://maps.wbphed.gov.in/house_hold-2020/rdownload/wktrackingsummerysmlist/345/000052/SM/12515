--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1091,54 +1091,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>9.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>59.94</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>60</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1154,54 +1154,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>9.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>60.88</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>71</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1217,54 +1217,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>10</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.05</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>60.55</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>56</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1280,54 +1280,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>77.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>22.14</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>28.4</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>3</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1343,54 +1343,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>89.3</v>
       </c>
       <c r="Q8" s="4">
-        <v>60.12</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>67.32</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>31</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1406,54 +1406,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>9.93</v>
       </c>
       <c r="Q9" s="4">
-        <v>6.52</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>65.69</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>81</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1469,54 +1469,54 @@
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P10" s="4">
         <v>6.92</v>
       </c>
       <c r="Q10" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>72.51</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>25</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1595,54 +1595,54 @@
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>8.22</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.21</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1658,54 +1658,54 @@
       <c r="I13" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>11.26</v>
       </c>
       <c r="Q13" s="4">
-        <v>9.95</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>88.34</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1721,54 +1721,54 @@
       <c r="I14" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P14" s="4">
         <v>3.33</v>
       </c>
       <c r="Q14" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1784,54 +1784,54 @@
       <c r="I15" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P15" s="4">
         <v>14.69</v>
       </c>
       <c r="Q15" s="4">
-        <v>12.26</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>83.41</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -2083,54 +2083,54 @@
       <c r="I20" s="13" t="s">
         <v>116</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P20" s="4">
         <v>22.75</v>
       </c>
       <c r="Q20" s="4">
-        <v>15.69</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>68.99</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2146,54 +2146,54 @@
       <c r="I21" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P21" s="4">
         <v>138.66</v>
       </c>
       <c r="Q21" s="4">
-        <v>104.99</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>75.72</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2209,54 +2209,54 @@
       <c r="I22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P22" s="4">
         <v>108.73</v>
       </c>
       <c r="Q22" s="4">
-        <v>54.87</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>50.47</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>102</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2306,54 +2306,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>141</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>602.82</v>
       </c>
       <c r="P24" s="8">
-        <v>321.11</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>53.27</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>