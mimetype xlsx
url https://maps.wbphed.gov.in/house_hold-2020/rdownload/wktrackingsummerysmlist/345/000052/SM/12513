--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -107,171 +107,171 @@
   <si>
     <t>KSHETRAPAL AND IT'S ADJOINING MOUJAS</t>
   </si>
   <si>
     <t>SM/12513</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000150/2022-2023</t>
   </si>
   <si>
     <t>2456/TD</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Preparation of design based on soil test report and submission of drawing of foundation for construction of 250 cum RCC OHR at Kshetrapal PWSS at Patashpur-II Block under Tamluk Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Headquaters</t>
+  </si>
+  <si>
+    <t>ORD/000158/2024-2025</t>
+  </si>
+  <si>
+    <t>2070/TD</t>
+  </si>
+  <si>
+    <t>24/06/2024</t>
+  </si>
+  <si>
+    <t>04/07/2024</t>
+  </si>
+  <si>
+    <t>GEOTECHNICAL ENGINEERS CONSORTIUM</t>
+  </si>
+  <si>
+    <t>RTOR000050/2024-2025</t>
+  </si>
+  <si>
+    <t>1657/TD</t>
+  </si>
+  <si>
+    <t>29/04/2024</t>
+  </si>
+  <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
+    <t>Quotation Bill for New Service connection at T/W NO-I Of KSHETRAPAL W/S Scheme under MMD, PHE, Dte. Block- POTASHPUR-II, WBSEDCL SUPPLY OFFICE: PATASPUR C.C.C. Ref. Memo No- 2004685984/QUOT/03 DT. 16-04-2024 Application NO- 2004685984 Application type-New connection Consumer Id- 204277213</t>
+  </si>
+  <si>
+    <t>BILL/00575/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-103</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Quotation Bill for New Service connection at T/W NO-II Of KSHETRAPAL W/S Scheme under MMD, PHE, Dte. Block- POTASHPUR-II, WBSEDCL SUPPLY OFFICE: PATASPUR C.C.C. Ref. Memo No- 2004686002/QUOT/03 DT. 16-04-2024 Application NO- 2004686002 Application type-New connection Consumer Id- 204277214</t>
+  </si>
+  <si>
+    <t>BILL/00574/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-104</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for KSHETRAPAL and ADJOINING MOUJAS, Block - Potashpur II, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
+  </si>
+  <si>
+    <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
+  </si>
+  <si>
+    <t>ORD/001637/2022-2023</t>
+  </si>
+  <si>
+    <t>517/W/MMD</t>
+  </si>
+  <si>
+    <t>20/03/2023</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>KARUNAMOY ENGINEERING</t>
+  </si>
+  <si>
     <t>Hiring of inspection vehicle for supervision and monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/000749/2023-2024</t>
   </si>
   <si>
     <t>688/HESD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>S.S.GHORAI</t>
   </si>
   <si>
-    <t>Preparation of design based on soil test report and submission of drawing of foundation for construction of 250 cum RCC OHR at Kshetrapal PWSS at Patashpur-II Block under Tamluk Division, PHE Dte.</t>
-[...73 lines deleted...]
-  <si>
     <t>Sinking of Tube Well ,Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works with laying distribution system , Pump House &amp; Providing Functional Household Tap Connection (61964 Nos) For 38 nos Pipe water supply Scheme including two years Operation &amp; Maintainance within Patashpur-I, Patashpur-II , Egra-I and Deshapran Block Under Tamluk Division PHE Dte. Under Purba Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer, Headquaters</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000677/2023-2024</t>
   </si>
   <si>
     <t>2702/TD</t>
   </si>
   <si>
     <t>20/10/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>30/03/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -848,397 +848,397 @@
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="13" t="s">
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="N4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>2.12</v>
+        <v>0.95</v>
       </c>
       <c r="Q4" s="4">
-        <v>0</v>
+        <v>0.95</v>
       </c>
       <c r="R4" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="S4" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="P5" s="4">
-        <v>0.95</v>
+        <v>11.58</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="P6" s="4">
-        <v>11.58</v>
+        <v>3.53</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="P7" s="4">
-        <v>3.53</v>
+        <v>5.44</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="I8" s="13"/>
-[...1 lines deleted...]
-      <c r="K8" s="4" t="s">
+      <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="M8" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>5.44</v>
+        <v>22.75</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
-        <v>22.75</v>
+        <v>2.12</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>