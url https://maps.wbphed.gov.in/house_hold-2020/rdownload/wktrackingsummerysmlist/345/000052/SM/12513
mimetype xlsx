--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -885,54 +885,54 @@
         <v>31</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.95</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1251,88 +1251,88 @@
       <c r="I10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>19507.71</v>
       </c>
       <c r="Q10" s="4">
-        <v>255.57</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>1.31</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>51</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>19573.27</v>
       </c>
       <c r="P11" s="8">
-        <v>256.52</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>1.31</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>