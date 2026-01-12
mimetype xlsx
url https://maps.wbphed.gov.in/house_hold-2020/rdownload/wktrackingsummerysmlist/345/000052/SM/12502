--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -143,51 +143,51 @@
   <si>
     <t>RTOR000163/2022-2023</t>
   </si>
   <si>
     <t>2473/TD</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Ground water based Jaynagar Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work (700 nos) within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-D)</t>
   </si>
   <si>
     <t>ORD/000791/2022-2023</t>
   </si>
   <si>
     <t>3042/TD</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
-    <t>03/04/2023</t>
+    <t>22/12/2025</t>
   </si>
   <si>
     <t>RELIABLE CONSTRUCTIONS</t>
   </si>
   <si>
     <t>Ground water based Jaynagar Water Supply Scheme by providing Construction of Pump House, Boundary Wall, Laying of Rising main, Laying of Distribution pipe line and FHTC work (400nos) within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-C)</t>
   </si>
   <si>
     <t>ORD/000245/2023-2024</t>
   </si>
   <si>
     <t>524/TD</t>
   </si>
   <si>
     <t>11/05/2023</t>
   </si>
   <si>
     <t>21/09/2025</t>
   </si>
   <si>
     <t>ZENITH CONSTRUCTION</t>
   </si>
   <si>
     <t>Installation of display board at 4 (four) nos work site under Haldia Sub-Division of Tamluk Division, PHE Dte. (Phase-I) [Jaynagar PWSS, Mohanpur PWSS, Erekhali PWSS &amp; Hariballavpur PWSS]</t>
   </si>
@@ -305,51 +305,51 @@
   <si>
     <t>ORD/000324/2023-2024</t>
   </si>
   <si>
     <t>686/TD</t>
   </si>
   <si>
     <t>23/05/2023</t>
   </si>
   <si>
     <t>28/12/2025</t>
   </si>
   <si>
     <t>Land Development work at Head work site of Jaynagar Water supply Scheme within Sutahata Develompent Block under Haldia Sub-Division of Tamluk Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000006/2025-2026</t>
   </si>
   <si>
     <t>1082/TD</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
-    <t>03/12/2025</t>
+    <t>17/01/2026</t>
   </si>
   <si>
     <t>PRAGATI ENGINEER'S CO-OP SOCIETY LTD.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>