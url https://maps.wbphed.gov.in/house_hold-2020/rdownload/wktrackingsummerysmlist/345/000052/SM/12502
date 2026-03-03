--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1028,54 +1028,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>90.11</v>
       </c>
       <c r="Q5" s="4">
-        <v>51.54</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>57.19</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>68</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1091,54 +1091,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>141.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>45.73</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>32.22</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1154,54 +1154,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>0.83</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.83</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1217,54 +1217,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>0.95</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1457,54 +1457,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P12" s="4">
         <v>89.68</v>
       </c>
       <c r="Q12" s="4">
-        <v>45.99</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>51.29</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>55</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1583,54 +1583,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P14" s="4">
         <v>172.01</v>
       </c>
       <c r="Q14" s="4">
-        <v>21.99</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>12.78</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>20</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1680,54 +1680,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>609.27</v>
       </c>
       <c r="P16" s="8">
-        <v>167.03</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>27.41</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>