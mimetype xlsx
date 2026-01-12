--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -200,51 +200,51 @@
   <si>
     <t>BP-2024-25-301</t>
   </si>
   <si>
     <t>18/06/2024</t>
   </si>
   <si>
     <t>Sinking of Tube Well ,Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works with laying distribution system , Pump House &amp; Providing Functional Household Tap Connection (61964 Nos) For 38 nos Pipe water supply Scheme including two years Operation &amp; Maintainance within Patashpur-I, Patashpur-II , Egra-I and Deshapran Block Under Tamluk Division PHE Dte. Under Purba Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer, Headquaters</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000677/2023-2024</t>
   </si>
   <si>
     <t>2702/TD</t>
   </si>
   <si>
     <t>20/10/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>30/03/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>