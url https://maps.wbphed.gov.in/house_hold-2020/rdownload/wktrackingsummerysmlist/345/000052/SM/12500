--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -860,54 +860,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>22.77</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>43.83</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>60</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1159,88 +1159,88 @@
       <c r="I9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>19507.71</v>
       </c>
       <c r="Q9" s="4">
-        <v>167.92</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>51</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>19588.72</v>
       </c>
       <c r="P10" s="8">
-        <v>177.9</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>