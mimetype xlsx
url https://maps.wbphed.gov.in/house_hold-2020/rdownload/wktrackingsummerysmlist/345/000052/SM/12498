--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -263,96 +263,120 @@
   <si>
     <t>Electric Quotation for MADHYA HINGLI Water Supply Scheme T/W-I, (Ref. ID-204136074)</t>
   </si>
   <si>
     <t>BILL/03184/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-441</t>
   </si>
   <si>
     <t>19/12/2023</t>
   </si>
   <si>
     <t>Quotation for new service connection at Madhya Hingli w/s scheme PH II</t>
   </si>
   <si>
     <t>BILL/03665/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-682</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
+    <t>Ground water based Madhya Hingli Water Supply Scheme by providing Construction of Pump House, Boundary Wall, Laying of Distribution pipe line and FHTC work within Mahishadal Dev. Block under Haldia Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-H)</t>
+  </si>
+  <si>
+    <t>ORD/000822/2022-2023</t>
+  </si>
+  <si>
+    <t>3112/TD</t>
+  </si>
+  <si>
+    <t>02/02/2023</t>
+  </si>
+  <si>
+    <t>22/02/2023</t>
+  </si>
+  <si>
+    <t>PULAK KUMAR SAMANTA</t>
+  </si>
+  <si>
     <t>Ground water based Madhya Hingli Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur. (Part-F)</t>
   </si>
   <si>
     <t>ORD/000820/2022-2023</t>
   </si>
   <si>
     <t>3110/TD</t>
   </si>
   <si>
     <t>S. N. A. CONSTRUCTION</t>
   </si>
   <si>
-    <t>Ground water based Madhya Hingli Water Supply Scheme by providing Construction of Pump House, Boundary Wall, Laying of Distribution pipe line and FHTC work within Mahishadal Dev. Block under Haldia Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-H)</t>
-[...16 lines deleted...]
-  <si>
     <t>Sinking of 4 (Four) nos. Tube Well at different sites. Name of Sites: i) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 1st Tube well Site of Bamanpur Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 2nd Tube well Site of Bamanpur Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. iii) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 1st Tube well Site of Madhya Hingli Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. iv) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 2nd Tube well Site of Madhya Hingli Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000898/2022-2023</t>
   </si>
   <si>
     <t>3348/TD</t>
   </si>
   <si>
     <t>22/03/2023</t>
   </si>
   <si>
     <t>19/12/2024</t>
   </si>
   <si>
     <t>M/S SYCHROTECH INDUSTRY</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for MADHYA HINGLI and ADJOINING MOUJAS, Block - Mahishadal, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
+  </si>
+  <si>
+    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.</t>
+  </si>
+  <si>
+    <t>ORD/001625/2022-2023</t>
+  </si>
+  <si>
+    <t>510/W/MMD</t>
+  </si>
+  <si>
+    <t>20/03/2023</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>SHOVAN KUMAR DAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -741,51 +765,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1567,132 +1591,132 @@
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="P14" s="4">
-        <v>58.38</v>
+        <v>31.14</v>
       </c>
       <c r="Q14" s="4">
-        <v>50.43</v>
+        <v>19.16</v>
       </c>
       <c r="R14" s="4">
-        <v>86.38</v>
+        <v>61.52</v>
       </c>
       <c r="S14" s="4">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
-        <v>31.14</v>
+        <v>58.38</v>
       </c>
       <c r="Q15" s="4">
-        <v>19.16</v>
+        <v>50.43</v>
       </c>
       <c r="R15" s="4">
-        <v>61.52</v>
+        <v>86.38</v>
       </c>
       <c r="S15" s="4">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
@@ -1719,87 +1743,150 @@
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>62.36</v>
       </c>
       <c r="Q16" s="4">
         <v>25.35</v>
       </c>
       <c r="R16" s="4">
         <v>40.64</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
-      <c r="A17" s="7" t="s">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="B17" s="7"/>
-[...22 lines deleted...]
-      <c r="S17" s="8"/>
+      <c r="I17" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O17" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="P17" s="4">
+        <v>22.81</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>10.54</v>
+      </c>
+      <c r="R17" s="4">
+        <v>46.22</v>
+      </c>
+      <c r="S17" s="4">
+        <v>45</v>
+      </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="7"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="7"/>
+      <c r="G18" s="7"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="14"/>
+      <c r="J18" s="14"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
+      <c r="O18" s="8">
+        <v>598.85</v>
+      </c>
+      <c r="P18" s="8">
+        <v>306.76</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>51.22</v>
+      </c>
+      <c r="R18" s="8"/>
+      <c r="S18" s="8"/>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>