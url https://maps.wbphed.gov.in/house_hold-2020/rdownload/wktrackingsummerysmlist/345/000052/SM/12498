--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -930,54 +930,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>49.53</v>
       </c>
       <c r="Q3" s="4">
-        <v>38.52</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>77.77</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>80</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1111,54 +1111,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>67.57</v>
       </c>
       <c r="Q6" s="4">
-        <v>44.7</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>66.15</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>55</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1174,54 +1174,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>59.34</v>
       </c>
       <c r="Q7" s="4">
-        <v>44.1</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>74.32</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1300,54 +1300,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>69.26</v>
       </c>
       <c r="Q9" s="4">
-        <v>69.25</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1363,54 +1363,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>7.39</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>63.94</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1603,54 +1603,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>31.14</v>
       </c>
       <c r="Q14" s="4">
-        <v>19.16</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>61.52</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>62</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1666,54 +1666,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>58.38</v>
       </c>
       <c r="Q15" s="4">
-        <v>50.43</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>86.38</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>35</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1729,54 +1729,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>62.36</v>
       </c>
       <c r="Q16" s="4">
-        <v>25.35</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>40.64</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1792,88 +1792,88 @@
       <c r="I17" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>22.81</v>
       </c>
       <c r="Q17" s="4">
-        <v>10.54</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>46.22</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>45</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>598.85</v>
       </c>
       <c r="P18" s="8">
-        <v>306.76</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>51.22</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>