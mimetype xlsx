--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -137,68 +137,50 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000117/2022-2023</t>
   </si>
   <si>
     <t>1668/TD</t>
   </si>
   <si>
     <t>03/11/2022</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000068/2023-2024</t>
   </si>
   <si>
     <t>2644/TD</t>
   </si>
   <si>
     <t>13/10/2023</t>
   </si>
   <si>
-    <t>Laying Rising main and other allied works Augmentation of Amarshikasba Zone-I Water Supply Scheme within Patashpur-I Block under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
-[...16 lines deleted...]
-  <si>
     <t>Construction of Boundary Wall (as per Departmental Design &amp; Drawing) at 2nd TW site for Amarshikasba Zone-I PWSS within Patashpur-I Block under Contai Sub-Division of Tamluk Division, P.H.E.Dte.Purba Medinipur.(Length-60.00 mtr.)</t>
   </si>
   <si>
     <t>ORD/000289/2023-2024</t>
   </si>
   <si>
     <t>17/05/2023</t>
   </si>
   <si>
     <t>26/06/2023</t>
   </si>
   <si>
     <t>M/S SOURAV MAHAPATRA</t>
   </si>
   <si>
     <t>Central Drilling</t>
   </si>
   <si>
     <t>Providing drilling crew and other allied works for construction of Tube Well ( 300mm X200mm X 190 Mtrs. Depth) by utilising Departmental Machineries for Amarshi Kasba W/S Scheme (Zone-II,T/W-II) , Patashpur-I Block under Purba Medinipur District, Central Drilling Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Driller In Charge</t>
   </si>
   <si>
     <t>ORD/000514/2022-2023</t>
@@ -210,68 +192,50 @@
     <t>02/03/2023</t>
   </si>
   <si>
     <t>01/04/2023</t>
   </si>
   <si>
     <t>MENAKA ENTERPRISE</t>
   </si>
   <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
     <t>Quotation Bill for New Service connection at T/W NO-III, ZONE- I Of AMARSHI KASBA W/S Scheme under MMD, PHE, Dte. Block- POTASHPUR-I, WBSEDCL SUPPLY OFFICE: AMARSHI C.C.C. Ref. Memo No- 2004775131/QUOT/03 DT. 14-06-2024 Application NO- 2004775131 MEMO NO: AMR/PHE/175 DT.14/06/2024 Application type-New connection Consumer Id- 204330575</t>
   </si>
   <si>
     <t>BILL/01335/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-361</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
-  </si>
-[...16 lines deleted...]
-    <t>SANKHA ENTERPRISE</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Augmentation of Ground Water Based Piped Water Supply Scheme for Amarshi Kasba Zone-I, Block Potashpur I, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>
   <si>
     <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001904/2022-2023</t>
   </si>
   <si>
     <t>805/W/MMD</t>
   </si>
   <si>
     <t>24/03/2023</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
     <t>RITESH AGARWALL</t>
   </si>
@@ -735,73 +699,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W15"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="87.121582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -1058,596 +1022,474 @@
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="N6" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="O6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>12.14</v>
+        <v>9.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.63</v>
+        <v>3.76</v>
       </c>
       <c r="R6" s="4">
-        <v>38.17</v>
+        <v>40.9</v>
       </c>
       <c r="S6" s="4">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P7" s="4">
-        <v>9.2</v>
+        <v>15.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.76</v>
+        <v>14.1</v>
       </c>
       <c r="R7" s="4">
-        <v>40.9</v>
+        <v>89.61</v>
       </c>
       <c r="S7" s="4">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>53</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
-        <v>15.74</v>
+        <v>4.79</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.1</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>89.61</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="I9" s="13"/>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>62</v>
+      </c>
       <c r="K9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="P9" s="4">
-        <v>4.79</v>
+        <v>12.63</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P10" s="4">
-        <v>567.28</v>
+        <v>48.21</v>
       </c>
       <c r="Q10" s="4">
-        <v>198.8</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>35.04</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>70</v>
+        <v>5</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="P11" s="4">
-        <v>12.63</v>
+        <v>2.76</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J12" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="N12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="O12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>48.21</v>
+        <v>9.9</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...37 lines deleted...]
-      <c r="O13" s="4" t="s">
+      <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="P13" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>225.02</v>
+      </c>
+      <c r="P13" s="8">
+        <v>21.57</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>9.59</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...90 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A15:N15"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>