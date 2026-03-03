--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -862,54 +862,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.25</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.71</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>87.28</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1037,54 +1037,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>9.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.76</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>40.9</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>45</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1098,54 +1098,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>15.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>14.1</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.61</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1429,54 +1429,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>225.02</v>
       </c>
       <c r="P13" s="8">
-        <v>21.57</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>9.59</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>