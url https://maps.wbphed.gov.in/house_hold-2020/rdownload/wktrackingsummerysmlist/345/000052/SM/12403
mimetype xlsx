--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -326,51 +326,51 @@
   <si>
     <t>466/W/MMD</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>DEY ENTERPRISE</t>
   </si>
   <si>
     <t>Ground water based Kanchanpur Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work and Construction of R.C.C. Over Head Reservoir of capacity 300 cum and staging height 20.00 mtr. with allied work including Sub Soil Investigation within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-B)</t>
   </si>
   <si>
     <t>ORD/000414/2023-2024</t>
   </si>
   <si>
     <t>1099/TD</t>
   </si>
   <si>
     <t>08/06/2023</t>
   </si>
   <si>
-    <t>01/11/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>MAA ANANDAMAYEE</t>
   </si>
   <si>
     <t>Construction of Retaining wall, Approach road &amp; Earth filling Work in Head work site of Kanchanpur Water Supply Scheme under Haldia Sub-Division of Tamluk Division, P.H.E. Dte.(length of Retaining wall-120mtr) &amp; (length of Approach road- 60 mtr).</t>
   </si>
   <si>
     <t>ORD/000459/2024-2025</t>
   </si>
   <si>
     <t>3705/TD</t>
   </si>
   <si>
     <t>03/12/2024</t>
   </si>
   <si>
     <t>21/06/2025</t>
   </si>
   <si>
     <t>Ground water based Kanchanpur Water Supply Scheme by providing Laying of Distribution pipe line and FHTC (280 nos.) work within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur. (Part-F)</t>
   </si>
   <si>
     <t>ORD/000877/2022-2023</t>
   </si>