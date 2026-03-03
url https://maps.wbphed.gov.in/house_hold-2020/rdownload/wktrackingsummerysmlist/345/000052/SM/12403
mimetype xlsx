--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1016,54 +1016,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>9.86</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>20.46</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>21</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1079,54 +1079,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>64.69</v>
       </c>
       <c r="Q5" s="4">
-        <v>39.91</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>61.69</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1142,54 +1142,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>9.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>50.16</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>43</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1205,54 +1205,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>34.87</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>77.22</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>79</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1268,54 +1268,54 @@
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>8.09</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.41</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>42.16</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>35</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1331,54 +1331,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>28.18</v>
       </c>
       <c r="Q9" s="4">
-        <v>27.54</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.73</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>85</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1394,54 +1394,54 @@
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>9.62</v>
       </c>
       <c r="Q10" s="4">
-        <v>9.32</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.91</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1457,54 +1457,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P11" s="4">
         <v>11.03</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.07</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>91.3</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1520,54 +1520,54 @@
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P12" s="4">
         <v>8.88</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.71</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.15</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1760,54 +1760,54 @@
       <c r="I16" s="13" t="s">
         <v>93</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>23.7</v>
       </c>
       <c r="Q16" s="4">
-        <v>11.15</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>47.04</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>45</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1949,88 +1949,88 @@
       <c r="I19" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>39.57</v>
       </c>
       <c r="Q19" s="4">
-        <v>25.63</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>64.78</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>60</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>454.29</v>
       </c>
       <c r="P20" s="8">
-        <v>169.57</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>37.33</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>