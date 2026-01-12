--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -161,66 +161,66 @@
   <si>
     <t>BILL/03298/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-532</t>
   </si>
   <si>
     <t>Laying distribution pipe line &amp; Accommodate FHTC (170 nos) under JJM with allied work of PACHAHRI PWSS within Bhagwanpur-II Block under Contai Sub-Division of Tamluk Division, PHE Dte.(PART - D)</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000875/2022-2023</t>
   </si>
   <si>
     <t>3211/TD</t>
   </si>
   <si>
     <t>14/03/2023</t>
   </si>
   <si>
-    <t>28/09/2025</t>
+    <t>31/01/2026</t>
   </si>
   <si>
     <t>KAMAL KUMAR BERA</t>
   </si>
   <si>
     <t>Pump House, Laying distribution pipe line &amp; Accommodate FHTC (420 nos) under JJM with allied work of PACHAHRI PWSS within Bhagwanpur-II Block under Contai Sub-Division of Tamluk Division, PHE Dte. (PART-B)</t>
   </si>
   <si>
     <t>ORD/000873/2022-2023</t>
   </si>
   <si>
     <t>3210/TD</t>
   </si>
   <si>
-    <t>25/09/2025</t>
+    <t>23/01/2026</t>
   </si>
   <si>
     <t>ABHIJIT BERA</t>
   </si>
   <si>
     <t>Laying distribution pipe line &amp; Accommodate FHTC (75nos) under JJM with allied work of PACHAHRI PWSS within Bhagwanpur-II Block under Contai Sub-Division of Tamluk Division, PHE Dte.(PART - E)</t>
   </si>
   <si>
     <t>ORD/000876/2022-2023</t>
   </si>
   <si>
     <t>3212/TD</t>
   </si>
   <si>
     <t>03/04/2023</t>
   </si>
   <si>
     <t>PARTHA CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying distribution pipe line, Boundary Wall &amp; Accommodate FHTC ( 430 nos) under JJM with allied work of PACHAHRI PWSS within Bhagwanpur-II Block under Contai Sub-Division of Tamluk Division, PHE Dte.(PART - C)</t>
   </si>
   <si>
     <t>ORD/000912/2022-2023</t>
   </si>
@@ -269,51 +269,51 @@
   <si>
     <t>2443/TD</t>
   </si>
   <si>
     <t>19/09/2023</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>THREE MAA ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of Left out Distribution pipe line by HDPE pipes with allied works for PACHHARI PWSS (PART-B) within Bhagwanpur-II Block under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur. (PHASE-B)</t>
   </si>
   <si>
     <t>ORD/000533/2024-2025</t>
   </si>
   <si>
     <t>211/TD</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
-    <t>06/03/2025</t>
+    <t>26/01/2026</t>
   </si>
   <si>
     <t>SAURAV HAZRA</t>
   </si>
   <si>
     <t>Drum Sheet Walling &amp; allied works of Pachhari PWSS (PART-A) in Bhagwanpur-II Block under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur district.</t>
   </si>
   <si>
     <t>ORD/000319/2024-2025</t>
   </si>
   <si>
     <t>3222/TD</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>26/10/2024</t>
   </si>
   <si>
     <t>Supply and fitting fixing of porcelain fuse unit and aluminum armored cable for receiving service connection at different PWSS under Egra-II, Bhagwanpur-I and II Block under Medinapore Mechanical Division, P.H.E. Dte. in the dist. of Purba Medinipur.</t>
   </si>
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>