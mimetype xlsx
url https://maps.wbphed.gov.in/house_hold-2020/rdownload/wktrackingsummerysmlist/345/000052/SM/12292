--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1145,54 +1145,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>19.49</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>30.43</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>45</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1208,54 +1208,54 @@
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>82.33</v>
       </c>
       <c r="Q8" s="4">
-        <v>57.41</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>69.73</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1271,54 +1271,54 @@
       <c r="I9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>9.77</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.15</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>42.52</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>45</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1334,54 +1334,54 @@
       <c r="I10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>80.86</v>
       </c>
       <c r="Q10" s="4">
-        <v>42.25</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>52.24</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>55</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1397,54 +1397,54 @@
       <c r="I11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q11" s="4">
-        <v>55.54</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>11</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1460,54 +1460,54 @@
       <c r="I12" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>226.83</v>
       </c>
       <c r="Q12" s="4">
-        <v>107.43</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>47.36</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>32</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1681,54 +1681,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>21833.98</v>
       </c>
       <c r="P16" s="8">
-        <v>272.7</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>1.25</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>