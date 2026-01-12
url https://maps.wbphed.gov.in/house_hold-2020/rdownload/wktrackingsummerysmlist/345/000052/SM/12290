--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -173,51 +173,51 @@
   <si>
     <t>09/07/2024</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>GEOTECHNICAL ENGINEERS CONSORTIUM</t>
   </si>
   <si>
     <t>Sinking of Tube Well ,Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works with laying distribution system , Pump House &amp; Providing Functional Household Tap Connection (61964 Nos) For 38 nos Pipe water supply Scheme including two years Operation &amp; Maintainance within Patashpur-I, Patashpur-II , Egra-I and Deshapran Block Under Tamluk Division PHE Dte. Under Purba Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer, Headquaters</t>
   </si>
   <si>
     <t>ORD/000677/2023-2024</t>
   </si>
   <si>
     <t>2702/TD</t>
   </si>
   <si>
     <t>20/10/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>30/03/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>