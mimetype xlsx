--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -896,54 +896,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>0.95</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -959,88 +959,88 @@
       <c r="I6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>19507.71</v>
       </c>
       <c r="Q6" s="4">
-        <v>189.99</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>51</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>19552.79</v>
       </c>
       <c r="P7" s="8">
-        <v>190.94</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>