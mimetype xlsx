--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -129,68 +129,50 @@
     <t>Resource Division</t>
   </si>
   <si>
     <t>Sinking of 4 (Four) nos. Tube Well at different sites. Name of Sites: i) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 1st Tube well Site of Mayachar Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 2nd Tube well Site of Mayachar Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. iii) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 1st Tube well Site of Baramritbera Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. iv) Sinking of 250mm. x 150mm. dia. x 280 mtr. Deep additional Tube well by direct rotary rig method at 2nd Tube well Site of Baramritbera Water Supply Scheme within Mahishadal Dev. Block under Haldia Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000897/2022-2023</t>
   </si>
   <si>
     <t>3347/TD</t>
   </si>
   <si>
     <t>22/03/2023</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
   <si>
     <t>PRANTIK DRILLING AGENCY</t>
-  </si>
-[...16 lines deleted...]
-    <t>MADAN MOHAN MAITY</t>
   </si>
   <si>
     <t>Ground water based Mayachar Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work and Construction of R.C.C. Over Head Reservoir of capacity 150 cum and staging height 20.00 mtr. with allied work including Sub Soil Investigation within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.(Part-B)</t>
   </si>
   <si>
     <t>ORD/000630/2023-2024</t>
   </si>
   <si>
     <t>2438/TD</t>
   </si>
   <si>
     <t>19/09/2023</t>
   </si>
   <si>
     <t>17/03/2024</t>
   </si>
   <si>
     <t>ANUSKA ENTERPRISE</t>
   </si>
   <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for MAYACHAR and ADJOINING MOUJAS, Block ¿ Mahishadal, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>
@@ -711,51 +693,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -935,54 +917,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>61.77</v>
       </c>
       <c r="Q4" s="4">
-        <v>28.82</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>46.66</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>50</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -995,183 +977,183 @@
       <c r="H5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
-        <v>24.93</v>
+        <v>165.66</v>
       </c>
       <c r="Q5" s="4">
-        <v>17.53</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>70.33</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="P6" s="4">
-        <v>165.66</v>
+        <v>21.6</v>
       </c>
       <c r="Q6" s="4">
-        <v>28.45</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>17.17</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
-        <v>21.6</v>
+        <v>0.83</v>
       </c>
       <c r="Q7" s="4">
-        <v>21.27</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.45</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1184,407 +1166,344 @@
       <c r="H8" s="13" t="s">
         <v>60</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
-        <v>0.83</v>
+        <v>0.95</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.83</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="I9" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K9" s="4" t="s">
+      <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" s="4" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="P9" s="4">
-        <v>0.95</v>
+        <v>8.04</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="M10" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>8.04</v>
+        <v>3.89</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="L11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M11" s="4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="P11" s="4">
-        <v>3.89</v>
+        <v>6.18</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="I12" s="13"/>
-[...1 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>6.18</v>
+        <v>139.9</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...20 lines deleted...]
-      <c r="H13" s="13" t="s">
+      <c r="A13" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>421.71</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>0</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>