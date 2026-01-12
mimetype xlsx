--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -212,51 +212,51 @@
   <si>
     <t>BP-2024-25-287</t>
   </si>
   <si>
     <t>18/06/2024</t>
   </si>
   <si>
     <t>Sinking of Tube Well ,Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works with laying distribution system , Pump House &amp; Providing Functional Household Tap Connection (61964 Nos) For 38 nos Pipe water supply Scheme including two years Operation &amp; Maintainance within Patashpur-I, Patashpur-II , Egra-I and Deshapran Block Under Tamluk Division PHE Dte. Under Purba Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer, Headquaters</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000677/2023-2024</t>
   </si>
   <si>
     <t>2702/TD</t>
   </si>
   <si>
     <t>20/10/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>30/03/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for KEKAI and ADJOINING MOUJAS, Block ¿ Potashpur II, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>
   <si>
     <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001366/2022-2023</t>
   </si>
   <si>
     <t>2377/W/MMD</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>