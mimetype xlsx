--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -894,54 +894,54 @@
         <v>31</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.95</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1252,54 +1252,54 @@
       <c r="I10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>19507.71</v>
       </c>
       <c r="Q10" s="4">
-        <v>136.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>51</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1315,88 +1315,88 @@
       <c r="I11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>25.24</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.85</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>23.17</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>51</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>19594.5</v>
       </c>
       <c r="P12" s="8">
-        <v>143.34</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>