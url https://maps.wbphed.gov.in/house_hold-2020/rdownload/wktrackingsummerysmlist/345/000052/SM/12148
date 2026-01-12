--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -159,71 +159,50 @@
     <t>Midnapore Mechanical</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for BRINDABANPUR and ADJOINING MOUJAS, Block Bhagawanpur II, District Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>
   <si>
     <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001316/2022-2023</t>
   </si>
   <si>
     <t>2318/W/MMD</t>
   </si>
   <si>
     <t>29/12/2022</t>
   </si>
   <si>
     <t>27/06/2023</t>
   </si>
   <si>
     <t>AHALYA ENGINEERING WORKS</t>
-  </si>
-[...19 lines deleted...]
-    <t>DAS ENTERPRISE</t>
   </si>
   <si>
     <t>RTOR000181/2023-2024</t>
   </si>
   <si>
     <t>630/W</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
     <t>BRINDABANPUR w/s SCHEME PH.-I APPLICATION NO.-2004567517</t>
   </si>
   <si>
     <t>BILL/03536/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-610</t>
   </si>
   <si>
     <t>07/02/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
@@ -645,51 +624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -968,305 +947,242 @@
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="I6" s="13" t="s">
+      <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="J6" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="L6" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N6" s="4" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="P6" s="4">
-        <v>305.41</v>
+        <v>6.3</v>
       </c>
       <c r="Q6" s="4">
-        <v>201.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>66.05</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>6.3</v>
+        <v>5.95</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="P8" s="4">
-        <v>5.95</v>
+        <v>4.06</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="3">
-[...51 lines deleted...]
-      </c>
+      <c r="A9" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>89.92</v>
+      </c>
+      <c r="P9" s="8">
+        <v>19.67</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>21.87</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
-    <row r="10" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>