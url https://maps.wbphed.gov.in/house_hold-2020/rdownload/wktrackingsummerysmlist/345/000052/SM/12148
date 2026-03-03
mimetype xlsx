--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -911,54 +911,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>21.61</v>
       </c>
       <c r="Q5" s="4">
-        <v>19.67</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>75</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1122,54 +1122,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>89.92</v>
       </c>
       <c r="P9" s="8">
-        <v>19.67</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>21.87</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>