--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -212,102 +212,102 @@
   <si>
     <t>ORD/000884/2022-2023</t>
   </si>
   <si>
     <t>3241/TD</t>
   </si>
   <si>
     <t>Soil investigation &amp; construction of 200 cum OHR (Intze type with pile foundation) under JJM with allied work for JAMITTA PWSS in Sahid Matangini Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte.(PART-E)</t>
   </si>
   <si>
     <t>ORD/000892/2022-2023</t>
   </si>
   <si>
     <t>3394/TD</t>
   </si>
   <si>
     <t>24/03/2023</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>TAPAS SANTRA</t>
   </si>
   <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Construction of Big Diameter Tube-Well by Deploying of Suitable Capacity Drilling Rig (Direct Rotary, Reverse Rotary, Odex Method) at Different Districts for Different Water Supply Schemes Including Procurement &amp; Installation Pumping Machinery with All Allied Accessories at the Above Constructed Tube-Wells Under JJM Program throughout the State of West Bengal. (2ed call of NIET 25 of 2022-23)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Driller In Charge</t>
+  </si>
+  <si>
+    <t>ORD/000001/2023-2024</t>
+  </si>
+  <si>
+    <t>1415/CDD</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>21/07/2024</t>
+  </si>
+  <si>
+    <t>JHARGRAM SPV PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Hiring of Diesel Driven Motor cab (BS-III &amp; Above) having contract carriage permit along with driver for the office of The Executive Engineer, Central Drilling Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000008/2024-2025</t>
+  </si>
+  <si>
+    <t>139/S&amp;WSD</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>25/12/2024</t>
+  </si>
+  <si>
+    <t>ASHUTOSH DAS &amp; CO</t>
+  </si>
+  <si>
     <t>Laying distribution pipe line &amp; Accommodate FHTC (110 nos) under JJM with allied work for JAMITTA PWSS in Sahid Matangini Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte.(PART-C)</t>
   </si>
   <si>
     <t>ORD/000889/2022-2023</t>
   </si>
   <si>
     <t>3243/TD</t>
   </si>
   <si>
     <t>MISHRA ENTERPRISE</t>
-  </si>
-[...40 lines deleted...]
-    <t>ASHUTOSH DAS &amp; CO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1310,222 +1310,222 @@
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="P11" s="4">
-        <v>9.53</v>
+        <v>21339.76</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.16</v>
+        <v>59.71</v>
       </c>
       <c r="R11" s="4">
-        <v>33.21</v>
+        <v>0.28</v>
       </c>
       <c r="S11" s="4">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="P12" s="4">
-        <v>21339.76</v>
+        <v>0.86</v>
       </c>
       <c r="Q12" s="4">
-        <v>59.71</v>
+        <v>0.91</v>
       </c>
       <c r="R12" s="4">
-        <v>0.28</v>
+        <v>105.77</v>
       </c>
       <c r="S12" s="4">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
-        <v>0.86</v>
+        <v>9.53</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.91</v>
+        <v>3.16</v>
       </c>
       <c r="R13" s="4">
-        <v>105.77</v>
+        <v>33.21</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>21635.04</v>