--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -920,54 +920,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>70.03</v>
       </c>
       <c r="Q4" s="4">
-        <v>20.77</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>29.65</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>70</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -983,54 +983,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>4.77</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1223,54 +1223,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P9" s="4">
         <v>70.26</v>
       </c>
       <c r="Q9" s="4">
-        <v>31.59</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>44.97</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1349,54 +1349,54 @@
       <c r="I11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q11" s="4">
-        <v>59.71</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>11</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1412,54 +1412,54 @@
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>0.86</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>105.77</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1475,88 +1475,88 @@
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>9.53</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>33.21</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>21635.04</v>
       </c>
       <c r="P14" s="8">
-        <v>120.92</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>0.56</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>