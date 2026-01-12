--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -155,93 +155,78 @@
   <si>
     <t>BP-2024-25-354</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>Sinking of Tube Well ,Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works with laying distribution system , Pump House &amp; Providing Functional Household Tap Connection (61964 Nos) For 38 nos Pipe water supply Scheme including two years Operation &amp; Maintainance within Patashpur-I, Patashpur-II , Egra-I and Deshapran Block Under Tamluk Division PHE Dte. Under Purba Medinipur District.</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer, Headquaters</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000677/2023-2024</t>
   </si>
   <si>
     <t>2702/TD</t>
   </si>
   <si>
     <t>20/10/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>30/03/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
-    <t>Making of Tube Well Foundation &amp; others at Pump House no. I &amp; II of Naipur piped water supply scheme under Medinipur Mechanical Division P.H.E Dte. in the District of Purba Medinipur.</t>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Ground Water Based Piped Water Supply Scheme for NAIPUR and ADJOINING MOUJAS, Block Potashpur I, District Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>
   <si>
     <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
-    <t>ORD/000255/2025-2026</t>
-[...8 lines deleted...]
-    <t>26/06/2025</t>
+    <t>ORD/001317/2022-2023</t>
+  </si>
+  <si>
+    <t>2319/W/MMD</t>
+  </si>
+  <si>
+    <t>29/12/2022</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
   </si>
   <si>
     <t>SOUMEN ELECTRIC</t>
-  </si>
-[...13 lines deleted...]
-    <t>01/04/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -630,51 +615,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1032,167 +1017,104 @@
       <c r="H7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
-        <v>0.66</v>
+        <v>22.78</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>16.14</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>70.85</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="3">
-[...20 lines deleted...]
-      <c r="H8" s="13" t="s">
+      <c r="A8" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>19565.07</v>
+      </c>
+      <c r="P8" s="8">
+        <v>166.87</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>0.85</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
-    <row r="9" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>