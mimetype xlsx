--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -957,54 +957,54 @@
       <c r="I6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>19507.71</v>
       </c>
       <c r="Q6" s="4">
-        <v>150.73</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>51</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1020,88 +1020,88 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>22.78</v>
       </c>
       <c r="Q7" s="4">
-        <v>16.14</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>70.85</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>19565.07</v>
       </c>
       <c r="P8" s="8">
-        <v>166.87</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>