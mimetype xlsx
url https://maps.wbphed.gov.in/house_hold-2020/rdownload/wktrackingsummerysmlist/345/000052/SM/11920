--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -584,51 +584,51 @@
   <si>
     <t>Laying of distribution pipe line to accommodate FHTC(400 nos) with allied works for Augmentation of Jalpai water supply Scheme within Nandakumar Dev. Block under Tamluk Sub-Division of Tamluk Division, P.H.E.Dte, Purba Medinipur.(PART-C)</t>
   </si>
   <si>
     <t>ORD/000279/2022-2023</t>
   </si>
   <si>
     <t>1115/TD</t>
   </si>
   <si>
     <t>15/10/2024</t>
   </si>
   <si>
     <t>CHANDIMATA CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying of distribution pipe line to accommodate FHTC(300 nos) with allied works for Augmentation of Jalpai water supply Scheme within Nandakumar Dev. Block under Tamluk Sub-Division of Tamluk Division, P.H.E.Dte, Purba Medinipur.(PART-E)</t>
   </si>
   <si>
     <t>ORD/000294/2022-2023</t>
   </si>
   <si>
     <t>1129/TD</t>
   </si>
   <si>
-    <t>11/12/2025</t>
+    <t>11/01/2026</t>
   </si>
   <si>
     <t>S.K. MONDAL</t>
   </si>
   <si>
     <t>Laying of distribution pipe line to accommodate FHTC(400 nos) with allied works for Augmentation of Jalpai water supply Scheme within Nandakumar Dev. Block under Tamluk sub-division of Tamluk Division, P.H.E.Dte, Purba Medinipur.(PART-G)</t>
   </si>
   <si>
     <t>ORD/000296/2022-2023</t>
   </si>
   <si>
     <t>1131/TD</t>
   </si>
   <si>
     <t>DILIP KUMAR GHOSH</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments at Newly sunk Tube well at JALPAI Water supply scheme,T/W - V, NANDAKUMAR block, District ¿ Purba Medinipur under Midnapore Mechanical Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000390/2024-2025</t>
   </si>
   <si>
     <t>2006/W/MMD</t>
   </si>