--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1228,54 +1228,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>9.94</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.85</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>79.05</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>80</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1289,54 +1289,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>78.19</v>
       </c>
       <c r="Q4" s="4">
-        <v>64.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>83.11</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>85</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1350,54 +1350,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>42.21</v>
       </c>
       <c r="Q5" s="4">
-        <v>23.02</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>54.52</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1411,54 +1411,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>5.57</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.56</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1472,54 +1472,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>75.72</v>
       </c>
       <c r="Q7" s="4">
-        <v>48.16</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>63.61</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>65</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1533,54 +1533,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>72.71</v>
       </c>
       <c r="Q8" s="4">
-        <v>51.83</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>71.29</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>75</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1594,54 +1594,54 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>19.2</v>
       </c>
       <c r="Q9" s="4">
-        <v>17.23</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>89.71</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1710,54 +1710,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>0.87</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.21</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>253.36</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>33</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1999,54 +1999,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>9.85</v>
       </c>
       <c r="Q16" s="4">
-        <v>7.78</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>78.94</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2060,54 +2060,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>56.8</v>
       </c>
       <c r="Q17" s="4">
-        <v>53.04</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.38</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2121,54 +2121,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>74.47</v>
       </c>
       <c r="Q18" s="4">
-        <v>51.09</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>68.61</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2182,54 +2182,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>70.82</v>
       </c>
       <c r="Q19" s="4">
-        <v>43.92</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>62.02</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>70</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2243,54 +2243,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P20" s="4">
         <v>45.31</v>
       </c>
       <c r="Q20" s="4">
-        <v>35.25</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>77.79</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>85</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2304,54 +2304,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P21" s="4">
         <v>46.55</v>
       </c>
       <c r="Q21" s="4">
-        <v>41.84</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>89.89</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>99</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2365,54 +2365,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P22" s="4">
         <v>454</v>
       </c>
       <c r="Q22" s="4">
-        <v>191.81</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>42.25</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>30</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2487,54 +2487,54 @@
       <c r="I24" s="13" t="s">
         <v>132</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P24" s="4">
         <v>40.78</v>
       </c>
       <c r="Q24" s="4">
-        <v>25.4</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>62.29</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>60</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2609,54 +2609,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="4">
         <v>58.34</v>
       </c>
       <c r="Q26" s="4">
-        <v>15.9</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>27.26</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>45</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2670,54 +2670,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P27" s="4">
         <v>5.06</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.88</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>56.82</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>10</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2731,54 +2731,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P28" s="4">
         <v>76.58</v>
       </c>
       <c r="Q28" s="4">
-        <v>72.03</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>94.06</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>80</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2792,54 +2792,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="P29" s="4">
         <v>56.12</v>
       </c>
       <c r="Q29" s="4">
-        <v>55.6</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.06</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3081,54 +3081,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P34" s="4">
         <v>65.7</v>
       </c>
       <c r="Q34" s="4">
-        <v>41.04</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>62.47</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>91</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3142,54 +3142,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="P35" s="4">
         <v>72.07</v>
       </c>
       <c r="Q35" s="4">
-        <v>48.92</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>67.88</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>90</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3203,54 +3203,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P36" s="4">
         <v>72.41</v>
       </c>
       <c r="Q36" s="4">
-        <v>53.12</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>73.36</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>75</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3264,54 +3264,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P37" s="4">
         <v>73.9</v>
       </c>
       <c r="Q37" s="4">
-        <v>50.08</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>67.77</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>99</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3386,88 +3386,88 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P39" s="4">
         <v>57.72</v>
       </c>
       <c r="Q39" s="4">
-        <v>52.02</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>90.12</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>96</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="7" t="s">
         <v>207</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="11"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8">
         <v>2102.5</v>
       </c>
       <c r="P40" s="8">
-        <v>1062.58</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="8">
-        <v>50.54</v>
+        <v>0</v>
       </c>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A40:N40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>