--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -1022,54 +1022,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.54</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1081,54 +1081,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>4.36</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.36</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1140,54 +1140,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>24.85</v>
       </c>
       <c r="Q5" s="4">
-        <v>24.18</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.28</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1197,54 +1197,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>4.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.56</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>11.55</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2852,54 +2852,54 @@
         <v>125</v>
       </c>
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P35" s="4">
         <v>7.99</v>
       </c>
       <c r="Q35" s="4">
-        <v>6.74</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>84.36</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -2911,54 +2911,54 @@
         <v>130</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P36" s="4">
         <v>4.02</v>
       </c>
       <c r="Q36" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>96.97</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -2970,88 +2970,88 @@
         <v>135</v>
       </c>
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P37" s="4">
         <v>6.18</v>
       </c>
       <c r="Q37" s="4">
-        <v>6.18</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>139</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>90.14</v>
       </c>
       <c r="P38" s="8">
-        <v>50.45</v>
+        <v>0</v>
       </c>
       <c r="Q38" s="8">
-        <v>55.96</v>
+        <v>0</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>