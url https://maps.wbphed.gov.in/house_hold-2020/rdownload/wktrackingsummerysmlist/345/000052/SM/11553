--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -161,162 +161,162 @@
   <si>
     <t>Electric Quotation for CHAITANYAPUR Water Supply Scheme T/W-III, Zone-II, (Ref. ID-204076090)</t>
   </si>
   <si>
     <t>BILL/02203/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-242</t>
   </si>
   <si>
     <t>12/09/2023</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Electric Quotation for CHAITANYAPUR Water Supply Scheme T/W-I, Zone-II, (Ref. ID-204076083)</t>
   </si>
   <si>
     <t>BILL/02204/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-241</t>
   </si>
   <si>
+    <t>Sinking of 4 (Four) nos. Tube Well at different sites. Name of Sites: i) Sinking of 300mm. x 200mm. dia. x 280 mtr. Deep Replacement Tube well by direct rotary rig method at Head Work Site of Chaitanyapur Zone-II Water Supply Scheme within Sutahata Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur. ii) Sinking of 300mm. x 200mm. dia. x 280 mtr. Deep Replacement Tube well by direct rotary rig method at 2nd Tube Well Site of Chaitanyapur Zone-II Water Supply Scheme within Sutahata Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur. iii) Sinking of 300mm. x 200mm. dia. x 280 mtr. Deep Tube well by direct rotary rig method at 3rd Tube Well Site of Chaitanyapur Zone-II Water Supply Scheme within Sutahata Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur. iv) Sinking of 300mm. x 200mm. dia. x 280 mtr. Deep Tube well by direct rotary rig method at 3rd Tube Well Site of Chaitanyapur Zone-I Water Supply Scheme within Sutahata Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000337/2022-2023</t>
+  </si>
+  <si>
+    <t>1250/TD</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>22/10/2022</t>
+  </si>
+  <si>
+    <t>SIMPLEX DRILLING COMPANY</t>
+  </si>
+  <si>
+    <t>Construction of (3.60 Mtr. X 3.00 Mtr.) Switch Room cum Chlorine Room with water supply &amp; sanitary arrangement including Plinth Protection at 3rd Tube Well site of Chaitanyapur Zone-II Water Supply Scheme within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000849/2022-2023</t>
+  </si>
+  <si>
+    <t>3169/TD</t>
+  </si>
+  <si>
+    <t>10/03/2023</t>
+  </si>
+  <si>
+    <t>09/05/2023</t>
+  </si>
+  <si>
+    <t>MAITY TRADING</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Augmentation of Ground Water Based CHAITANYAPUR Zone-II PWSS to Accommodate FHTC in Sutahata Block under Haldia Sub-Division of Tamluk Division in Purba Medinipur District Block ¿Sutahata, under JJM Program under MMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
+  </si>
+  <si>
+    <t>Sri Tanmoy Shee, JE/Haldia Electrical Sub-Division.</t>
+  </si>
+  <si>
+    <t>ORD/001718/2022-2023</t>
+  </si>
+  <si>
+    <t>631/W/MMD</t>
+  </si>
+  <si>
+    <t>20/03/2023</t>
+  </si>
+  <si>
+    <t>16/09/2023</t>
+  </si>
+  <si>
+    <t>M/S. SAJAHAN CHOWDHURY</t>
+  </si>
+  <si>
+    <t>Repairing &amp; renovation of switch Room cum Chlorine Room at 1st Tube Well site &amp; 2nd Tube well site of Chaitanyapur Zone-II Water Supply Scheme within Sutahata dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000327/2023-2024</t>
+  </si>
+  <si>
+    <t>625/TD</t>
+  </si>
+  <si>
+    <t>17/05/2023</t>
+  </si>
+  <si>
+    <t>16/06/2023</t>
+  </si>
+  <si>
+    <t>SOUVIK GHOSAL</t>
+  </si>
+  <si>
+    <t>Laying Rising main work &amp; construction of Approach Road of Chaitanyapur (Zone-II) Water Supply Scheme within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur</t>
+  </si>
+  <si>
+    <t>ORD/000645/2023-2024</t>
+  </si>
+  <si>
+    <t>2591/TD</t>
+  </si>
+  <si>
+    <t>10/10/2023</t>
+  </si>
+  <si>
+    <t>30/10/2023</t>
+  </si>
+  <si>
+    <t>A. R. CONSTRUCTION</t>
+  </si>
+  <si>
     <t>Augmentation of ground water based Chaitanyapur Zone-II Water Supply Scheme by providing Laying of Distribution pipe line and FHTC (4374 Nos) work and Construction of R.C.C. Over Head Reservoir of capacity 700 cum and staging height 20.00 mtr. with allied work including Sub Soil Investigation within Sutahata Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000902/2022-2023</t>
   </si>
   <si>
     <t>3458/TD</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>28/12/2025</t>
   </si>
   <si>
     <t>SANKHA ENTERPRISE</t>
-  </si>
-[...94 lines deleted...]
-    <t>A. R. CONSTRUCTION</t>
   </si>
   <si>
     <t>Continuation work order for hiring of one no. Diesel motor cabs (Luxury Taxi commercial standard non air conditioned) Bharat Stage -IV, on daily rate basis (including Govt. Holidays as and when required) having contract carriage permit from RTA for the office of the Assistant Engineer, Haldia Sub-Division under Tamluk Division, PHE dte. within Purba Medinipur District. For the period from 01/01/2024 to 31/12/2024. (12 Months)</t>
   </si>
   <si>
     <t>ORD/000992/2023-2024</t>
   </si>
   <si>
     <t>623/HSD,</t>
   </si>
   <si>
     <t>28/12/2023</t>
   </si>
   <si>
     <t>28/12/2024</t>
   </si>
   <si>
     <t>SANTANU PATTANAYAK</t>
   </si>
   <si>
     <t>Laying Left Out Distribution System for Augmentation of Chaitanyapur (Zone-II) Water Supply Scheme within Sutahata Dev. Block under Haldia Sub-Division of Tamluk Division PHE Dte. (Part Work Order I of II)</t>
   </si>
   <si>
     <t>ORD/000361/2024-2025</t>
   </si>
@@ -1190,60 +1190,60 @@
       <c r="H8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
-        <v>625.57</v>
+        <v>77.68</v>
       </c>
       <c r="Q8" s="4">
-        <v>267.79</v>
+        <v>58.29</v>
       </c>
       <c r="R8" s="4">
-        <v>42.81</v>
+        <v>75.04</v>
       </c>
       <c r="S8" s="4">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
@@ -1251,182 +1251,182 @@
       <c r="H9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
-        <v>77.68</v>
+        <v>4.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>58.29</v>
+        <v>4.49</v>
       </c>
       <c r="R9" s="4">
-        <v>75.04</v>
+        <v>97.58</v>
       </c>
       <c r="S9" s="4">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P10" s="4">
-        <v>4.6</v>
+        <v>37.88</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.49</v>
+        <v>36.99</v>
       </c>
       <c r="R10" s="4">
-        <v>97.58</v>
+        <v>97.65</v>
       </c>
       <c r="S10" s="4">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
-        <v>37.88</v>
+        <v>4.16</v>
       </c>
       <c r="Q11" s="4">
-        <v>36.99</v>
+        <v>3.73</v>
       </c>
       <c r="R11" s="4">
-        <v>97.65</v>
+        <v>89.54</v>
       </c>
       <c r="S11" s="4">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
@@ -1434,60 +1434,60 @@
       <c r="H12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
-        <v>4.16</v>
+        <v>24.5</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.73</v>
+        <v>17.72</v>
       </c>
       <c r="R12" s="4">
-        <v>89.54</v>
+        <v>72.32</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
@@ -1495,60 +1495,60 @@
       <c r="H13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
-        <v>24.5</v>
+        <v>625.57</v>
       </c>
       <c r="Q13" s="4">
-        <v>17.72</v>
+        <v>267.79</v>
       </c>
       <c r="R13" s="4">
-        <v>72.32</v>
+        <v>42.81</v>
       </c>
       <c r="S13" s="4">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>