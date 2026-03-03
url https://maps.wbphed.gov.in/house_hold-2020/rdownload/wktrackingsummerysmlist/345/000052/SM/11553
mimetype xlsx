--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -904,54 +904,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.02</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.64</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.53</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1193,54 +1193,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>77.68</v>
       </c>
       <c r="Q8" s="4">
-        <v>58.29</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>75.04</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1254,54 +1254,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>4.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.49</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.58</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>85</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1315,54 +1315,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>37.88</v>
       </c>
       <c r="Q10" s="4">
-        <v>36.99</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>97.65</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>60</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1376,54 +1376,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>4.16</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.73</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>89.54</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1437,54 +1437,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>24.5</v>
       </c>
       <c r="Q12" s="4">
-        <v>17.72</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>72.32</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1498,54 +1498,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>625.57</v>
       </c>
       <c r="Q13" s="4">
-        <v>267.79</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>42.81</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>32</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1559,54 +1559,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>1.5</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>312.3</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>20</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1654,54 +1654,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>928.34</v>
       </c>
       <c r="P16" s="8">
-        <v>397.32</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>42.8</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>