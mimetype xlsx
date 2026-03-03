--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -185,51 +185,51 @@
   <si>
     <t>Augmentation of ground water based Natshal Lakshya Zone-II Water Supply Scheme by providing Laying of Distribution pipe line and FHTC work and Construction of R.C.C. Over Head Reservoir of capacity 1000 cum and staging height 20.00 mtr. with allied work including Sub Soil Investigation within Mahishadal Dev. Block under Haldia Sub Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000747/2022-2023</t>
   </si>
   <si>
     <t>2594/TD</t>
   </si>
   <si>
     <t>30/01/2023</t>
   </si>
   <si>
     <t>29/07/2023</t>
   </si>
   <si>
     <t>RAJ KUMAR SINGHA</t>
   </si>
   <si>
     <t>Hiring of inspection vehicle for supervision &amp; monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.,Sri Ujjal Kumar Dey, JE/Haldia Electrical Sub-Division.</t>
+    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.,Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Ujjal Kumar Dey, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001951/2022-2023</t>
   </si>
   <si>
     <t>101/HESD</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>30/08/2023</t>
   </si>
   <si>
     <t>S.S.GHORAI</t>
   </si>
   <si>
     <t>Name of Work: Sinking of 4 (Four) nos. Tube Well at different sites. Name of Sites: i) Sinking of 300mm. x 200mm. dia. x 280 mtr. Deep Tube well by direct rotary rig method at 3rd Tube Tube well Site of Natshal Lakshya Zone-I Water Supply Scheme within Mahishadal Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur. ii) Sinking of 300mm. x 200mm. dia. x 280 mtr. Deep Tube well by direct rotary rig method at 3rd Tube Tube well Site of Natshal Lakshya Zone-II Water Supply Scheme within Mahishadal Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur. iii) Sinking of 300mm. x 200mm. dia. x 320 mtr. Deep Tube well by direct rotary rig method at 1st Tube Tube well Site of Barsundra Water Supply Scheme within Haldia Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur. iv) Sinking of 300mm. x 200mm. dia. x 320 mtr. Deep Tube well by direct rotary rig method at 3rd Tube Tube well Site of Barsundra Water Supply Scheme within Haldia Block under Haldia Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000334/2022-2023</t>
   </si>
   <si>
     <t>1249/TD</t>
   </si>
@@ -873,54 +873,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>5.44</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.36</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.36</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1048,54 +1048,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>986.55</v>
       </c>
       <c r="Q7" s="4">
-        <v>507.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>51.49</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>65</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1170,88 +1170,88 @@
       <c r="I9" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>83.68</v>
       </c>
       <c r="Q9" s="4">
-        <v>19.47</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>23.27</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>1295.75</v>
       </c>
       <c r="P10" s="8">
-        <v>532.78</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>41.12</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>