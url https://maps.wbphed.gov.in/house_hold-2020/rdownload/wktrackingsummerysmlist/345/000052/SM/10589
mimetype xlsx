--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1126,54 +1126,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>71.97</v>
       </c>
       <c r="Q3" s="4">
-        <v>49.28</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>68.47</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>48</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1704,54 +1704,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P13" s="4">
         <v>14.72</v>
       </c>
       <c r="Q13" s="4">
-        <v>14.31</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.24</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1765,54 +1765,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P14" s="4">
         <v>0.96</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1826,54 +1826,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="4">
         <v>64.87</v>
       </c>
       <c r="Q15" s="4">
-        <v>59.78</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>92.16</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1887,54 +1887,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P16" s="4">
         <v>71.16</v>
       </c>
       <c r="Q16" s="4">
-        <v>71.07</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1948,54 +1948,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P17" s="4">
         <v>68.36</v>
       </c>
       <c r="Q17" s="4">
-        <v>67.46</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.68</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2009,54 +2009,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="4">
         <v>69.67</v>
       </c>
       <c r="Q18" s="4">
-        <v>64.84</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>93.06</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2070,54 +2070,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P19" s="4">
         <v>65.18</v>
       </c>
       <c r="Q19" s="4">
-        <v>62.73</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>96.23</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2131,54 +2131,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P20" s="4">
         <v>8.43</v>
       </c>
       <c r="Q20" s="4">
-        <v>8.43</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2253,54 +2253,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P22" s="4">
         <v>9.63</v>
       </c>
       <c r="Q22" s="4">
-        <v>9.52</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2314,54 +2314,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P23" s="4">
         <v>0.95</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2493,54 +2493,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P26" s="4">
         <v>13.64</v>
       </c>
       <c r="Q26" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>66.67</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2611,54 +2611,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P28" s="4">
         <v>10.35</v>
       </c>
       <c r="Q28" s="4">
-        <v>2.68</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>25.87</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>80</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2885,54 +2885,54 @@
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
         <v>173</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>1018.99</v>
       </c>
       <c r="P33" s="8">
-        <v>421.1</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="8">
-        <v>41.33</v>
+        <v>0</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>