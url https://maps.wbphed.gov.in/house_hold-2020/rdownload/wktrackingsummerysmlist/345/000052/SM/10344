--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -239,69 +239,87 @@
   <si>
     <t>BILL/00288/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-48</t>
   </si>
   <si>
     <t>18/04/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>Laying of distribution pipe line to accommodate FHTC with construction of R.C.C. Elevated Reservoir of capacity 400cum and staging height 20.00 mtr. as per Departmental Drawing with allied works including supply of all labour &amp; materials for Augmentation of Kamarda Water Supply Scheme within Khejuri-I Block under Contai sub-division of Tamluk Division, P.H.E.Dte, Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000260/2022-2023</t>
   </si>
   <si>
     <t>1076/TD</t>
   </si>
   <si>
     <t>23/08/2022</t>
   </si>
   <si>
-    <t>28/03/2025</t>
+    <t>23/03/2026</t>
   </si>
   <si>
     <t>HARIPADA PATTANAYAK</t>
   </si>
   <si>
     <t>Name of Work: i) Construction of Boundary Wall (as per Departmental Design &amp; Drawing) at 3rd TW site for Augmentation of Kamarda PWSS within Khejuri -I Block under Contai Sub-Division of Tamluk Division, P.H.E.Dte.Purba Medinipur.(Length-60.00 mtr.) ii) Rising main and other allied works Augmentation of Kamarda W/S Scheme within Khejuri-I Block under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur. iii) construction of 3.60 mtr x3.00mtr. Size Switch Room cum Chlorin Room (as per Departmental Design &amp; Drawing) without sanitary &amp; water supply arrangements including Plinth Protection at 3rd TW site for Kamarda W/S Scheme within Khejuri - I Block under Contai Sub-Division of Tamluk Division, P.H.E.Dte.Purba Medinipur. (For Low Land).</t>
   </si>
   <si>
     <t>ORD/000867/2022-2023</t>
   </si>
   <si>
     <t>3220/TD</t>
   </si>
   <si>
     <t>14/03/2023</t>
   </si>
   <si>
-    <t>22/05/2025</t>
+    <t>10/08/2025</t>
+  </si>
+  <si>
+    <t>Sinking of 4 (Four) nos. Tube Well at different sites. Name of Sites: i) 1 (One) Sinking of 300mm. x 200mm. dia. x 250 mtr. Deep Tube well by direct rotary rig method for Replacement of 2nd Tube Well for Dhanghara W/S Scheme within Contai - II Block under Contai Sub-Division of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 300mm. x 200mm. dia. x 250 mtr. Deep Tube well by direct rotary rig method at 3rd Tubewell Site (Boosting T/W) of Pratapdighi W/S Scheme within Patashpur - II Block under Contai Sub-Division of Tamluk Division P.H.E.Dte. Purba Medinipur. iii) Sinking of 300 x 200 mm Dia and 230m deep tubewell Drilling by Direct Rotary method with 200 dia.uPVC. Strainer of 30m.length all complete including cost of materials at 3rd Tube Well Site for Mukutshila Zone - I PWSS in Khejuri- I Block including supply of all labour &amp; materials within Contai Sub-Division under East Midnapore Division, PHE Dte. iv) Sinking of 300 x 200 mm Dia and 230m deep tubewell Drilling by Direct Rotary method with 200 dia.uPVC. Strainer of 30m.length all complete including cost of materials at 3rd Tube Well Site for Kamarda PWSS in Khejuri- I Block including supply of all labour &amp; materials within Contai Sub-Division under East Midnapore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000541/2023-2024</t>
+  </si>
+  <si>
+    <t>1904/TD</t>
+  </si>
+  <si>
+    <t>10/08/2023</t>
+  </si>
+  <si>
+    <t>20/01/2025</t>
+  </si>
+  <si>
+    <t>B. K. ENTERPRISE</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments at Newly sunk Tube well no - III at Kamarda Water supply scheme, District - Purba Medinipur under Midnapore Mechanical Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>
   <si>
     <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001187/2023-2024</t>
   </si>
   <si>
     <t>2610/W/MMD</t>
   </si>
   <si>
     <t>19/09/2023</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>M/S SREEJIT ENTERPRISE</t>
   </si>
@@ -714,51 +732,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1436,140 +1454,201 @@
         <v>20.1</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="J13" s="13" t="s">
+      <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="K13" s="4" t="s">
+      <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="M13" s="4" t="s">
+      <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="N13" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>14.77</v>
+        <v>74.56</v>
       </c>
       <c r="Q13" s="4">
-        <v>10.79</v>
+        <v>17.72</v>
       </c>
       <c r="R13" s="4">
-        <v>73.04</v>
+        <v>23.76</v>
       </c>
       <c r="S13" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="7" t="s">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="J14" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="B14" s="7"/>
-[...22 lines deleted...]
-      <c r="S14" s="8"/>
+      <c r="K14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" s="4">
+        <v>14.77</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>10.79</v>
+      </c>
+      <c r="R14" s="4">
+        <v>73.04</v>
+      </c>
+      <c r="S14" s="4">
+        <v>50</v>
+      </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>726.26</v>
+      </c>
+      <c r="P15" s="8">
+        <v>466.3</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>64.21</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>