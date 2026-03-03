--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -895,54 +895,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>85.78</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -956,54 +956,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>0.93</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1131,54 +1131,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>34.31</v>
       </c>
       <c r="Q7" s="4">
-        <v>23.75</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>69.22</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1253,54 +1253,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>4.15</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.15</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1371,54 +1371,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>499.3</v>
       </c>
       <c r="Q11" s="4">
-        <v>405.37</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>81.19</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>86</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1493,54 +1493,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>74.56</v>
       </c>
       <c r="Q13" s="4">
-        <v>17.72</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>23.76</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1554,88 +1554,88 @@
       <c r="I14" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>14.77</v>
       </c>
       <c r="Q14" s="4">
-        <v>10.79</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>73.04</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>726.26</v>
       </c>
       <c r="P15" s="8">
-        <v>466.3</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>64.21</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>