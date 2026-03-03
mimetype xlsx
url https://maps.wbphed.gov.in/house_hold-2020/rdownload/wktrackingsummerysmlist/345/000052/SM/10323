--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1146,54 +1146,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>0.9</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>16.39</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>67</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1264,54 +1264,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>3.09</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.09</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1321,54 +1321,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P6" s="4">
         <v>14.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.56</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>37.87</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1378,54 +1378,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>14.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.36</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>36.54</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1435,54 +1435,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P8" s="4">
         <v>5</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.63</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>32.65</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1492,54 +1492,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P9" s="4">
         <v>0.81</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>72.67</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1549,54 +1549,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P10" s="4">
         <v>4.05</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.87</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>95.68</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1775,54 +1775,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>0.86</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>17.13</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>64</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1893,54 +1893,54 @@
       <c r="I16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>11.13</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>43.17</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>70</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1950,54 +1950,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P17" s="4">
         <v>0.47</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>91.2</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2009,54 +2009,54 @@
         <v>104</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P18" s="4">
         <v>7.25</v>
       </c>
       <c r="Q18" s="4">
-        <v>7.25</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2184,54 +2184,54 @@
       <c r="I21" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P21" s="4">
         <v>72.22</v>
       </c>
       <c r="Q21" s="4">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>63.69</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>64</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2245,54 +2245,54 @@
       <c r="I22" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P22" s="4">
         <v>75.01</v>
       </c>
       <c r="Q22" s="4">
-        <v>51.79</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>69.04</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>71</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2426,54 +2426,54 @@
         <v>138</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>9.53</v>
       </c>
       <c r="Q25" s="4">
-        <v>4.26</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>44.67</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2487,54 +2487,54 @@
       <c r="I26" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P26" s="4">
         <v>3.6</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.6</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2548,54 +2548,54 @@
       <c r="I27" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P27" s="4">
         <v>3.85</v>
       </c>
       <c r="Q27" s="4">
-        <v>3.85</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2609,54 +2609,54 @@
       <c r="I28" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="P28" s="4">
         <v>5.73</v>
       </c>
       <c r="Q28" s="4">
-        <v>5.7</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.42</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2670,54 +2670,54 @@
       <c r="I29" s="13" t="s">
         <v>160</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P29" s="4">
         <v>9.53</v>
       </c>
       <c r="Q29" s="4">
-        <v>6.11</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>64.04</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2731,54 +2731,54 @@
       <c r="I30" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="P30" s="4">
         <v>0.71</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>96.64</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2792,54 +2792,54 @@
       <c r="I31" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P31" s="4">
         <v>430.39</v>
       </c>
       <c r="Q31" s="4">
-        <v>344.05</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>79.94</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>81</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2887,54 +2887,54 @@
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
         <v>181</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>986.52</v>
       </c>
       <c r="P33" s="8">
-        <v>498.93</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="8">
-        <v>50.57</v>
+        <v>0</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>