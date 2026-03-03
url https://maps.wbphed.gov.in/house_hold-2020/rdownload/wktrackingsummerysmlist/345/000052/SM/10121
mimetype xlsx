--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -509,51 +509,51 @@
   <si>
     <t>1905/TD</t>
   </si>
   <si>
     <t>RTOR000194/2023-2024</t>
   </si>
   <si>
     <t>670/W</t>
   </si>
   <si>
     <t>22/02/2024</t>
   </si>
   <si>
     <t>Laying of distribution pipe line to accommodate FHTC with new construction of R.C.C. Elevated Reservoir of capacity 750 cum and staging height 20.00 mtr. as per Departmental Drawing with allied works including supply of all labour &amp; materials for Augmentation of Thenkuachak Zone-II Water Supply Scheme within Tamluk Dev. Block under Tamluk Sub-Division of Tamluk Division, P.H.E. Dte, Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000242/2022-2023</t>
   </si>
   <si>
     <t>1021/TD</t>
   </si>
   <si>
     <t>08/08/2022</t>
   </si>
   <si>
-    <t>04/02/2023</t>
+    <t>22/04/2025</t>
   </si>
   <si>
     <t>ARABINDA GHOSH</t>
   </si>
   <si>
     <t>Laying of distribution pipe line to accommodate FHTC with new construction of R.C.C. Elevated Reservoir of capacity 550 cum and staging height 20.00 mtr. and staging height 20.00 mtr as per Departmental Drawing with allied works including supply of all labour &amp; materials for Augmentation of Thenkuachak Zone-I Water Supply Scheme within Tamluk Dev. Block under Tamluk Sub-Division of Tamluk Division, P.H.E. Dte, Purba Medinipur..</t>
   </si>
   <si>
     <t>ORD/000241/2022-2023</t>
   </si>
   <si>
     <t>1020/TD</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
     <t>Laying of rising main, Construction of Boundary Wall and Repairing &amp; Renovation of Construction of Boundary wall with allied work for Thekuachak zone-II PWSS in Nandakumar Dev. Block including supply of all labour &amp; materials within Tamluk Sub-Division under Tamluk Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000175/2023-2024</t>
   </si>
   <si>
     <t>332/TD</t>
   </si>
@@ -567,68 +567,50 @@
     <t>ORD/000734/2023-2024</t>
   </si>
   <si>
     <t>2988/TD</t>
   </si>
   <si>
     <t>KRISHNENDU SEKHAR DAS</t>
   </si>
   <si>
     <t>Continuation Work Order for Hire charges of Bharat Stage-IV Diesel Motor Cabs (Luxury Taxi)/Swift Desire/Ambassador Non AC) having Contract Carriage Permit from the Reginal Transport Authority valid for the State of West Bengal on monthly Hire rate basis for the period from 15/07/2024 to 14/07/2025 (12 months) to be used by the Assistant Engineer, Head Quarters, Tamluk Division, PHE Dte. The cost inclusive of all charges due to the wages of Driver, Taxies, Insurance, Fees etc. as applicable Fuel :- a) Diesel - 12 Km./Ltr. b) Mobile Oil 500 Km./Ltr.</t>
   </si>
   <si>
     <t>ORD/000262/2024-2025</t>
   </si>
   <si>
     <t>2227/TD</t>
   </si>
   <si>
     <t>11/07/2024</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>THREE MAA ENTERPRISE</t>
-  </si>
-[...16 lines deleted...]
-    <t>03/04/2025</t>
   </si>
   <si>
     <t>Continuation Work Order for Hire charges of Bharat Stage-IV Diesel Motor Cabs (Luxury Taxi)/Swift Desire/Ambassador Non AC) having Contract Carriage Permit from the Reginal Transport Authority valid for the State of West Bengal on monthly Hire rate basis for the period from 15/07/2023 to 14/07/2024 (12 months) to be used by the Assistant Engineer, Head Quarters, Tamluk Division, PHE Dte. The cost inclusive of all charges due to the wages of Driver, Taxies, Insurance, Fees etc. as applicable Fuel :- a) Diesel - 12 Km./Ltr. b) Mobile Oil 500 Km./Ltr.</t>
   </si>
   <si>
     <t>ORD/001289/2023-2024</t>
   </si>
   <si>
     <t>1489/TD</t>
   </si>
   <si>
     <t>14/07/2023</t>
   </si>
   <si>
     <t>14/07/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1032,51 +1014,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W38"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1193,54 +1175,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>17.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>17.85</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1252,54 +1234,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>8.64</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.59</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1311,54 +1293,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>3.91</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.91</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1372,54 +1354,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>0.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>97.07</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1429,54 +1411,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>5</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.05</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1490,54 +1472,54 @@
       <c r="I8" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P8" s="4">
         <v>0.98</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1551,54 +1533,54 @@
       <c r="I9" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P9" s="4">
         <v>0.98</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1612,54 +1594,54 @@
       <c r="I10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P10" s="4">
         <v>18.84</v>
       </c>
       <c r="Q10" s="4">
-        <v>17.18</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>91.2</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1669,54 +1651,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P11" s="4">
         <v>14.26</v>
       </c>
       <c r="Q11" s="4">
-        <v>8.65</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>60.66</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1787,54 +1769,54 @@
       <c r="I13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>40.3</v>
       </c>
       <c r="Q13" s="4">
-        <v>37.84</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>93.91</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1848,54 +1830,54 @@
       <c r="I14" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>19.39</v>
       </c>
       <c r="Q14" s="4">
-        <v>16.46</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>84.88</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2251,54 +2233,54 @@
       <c r="I21" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>14.63</v>
       </c>
       <c r="Q21" s="4">
-        <v>5.86</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>40.08</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>50</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2371,54 +2353,54 @@
         <v>127</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
         <v>4.59</v>
       </c>
       <c r="Q23" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.72</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2430,54 +2412,54 @@
         <v>133</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P24" s="4">
         <v>5.11</v>
       </c>
       <c r="Q24" s="4">
-        <v>5.11</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2491,54 +2473,54 @@
       <c r="I25" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P25" s="4">
         <v>15.05</v>
       </c>
       <c r="Q25" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>38.38</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>70</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2552,54 +2534,54 @@
       <c r="I26" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P26" s="4">
         <v>1.86</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.83</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>98.6</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2613,54 +2595,54 @@
       <c r="I27" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P27" s="4">
         <v>33.58</v>
       </c>
       <c r="Q27" s="4">
-        <v>17.04</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>50.73</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2674,54 +2656,54 @@
       <c r="I28" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P28" s="4">
         <v>20.97</v>
       </c>
       <c r="Q28" s="4">
-        <v>20.44</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>97.5</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2853,54 +2835,54 @@
       <c r="I31" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P31" s="4">
         <v>1009.34</v>
       </c>
       <c r="Q31" s="4">
-        <v>650.99</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>64.5</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>70</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2914,54 +2896,54 @@
       <c r="I32" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P32" s="4">
         <v>705.19</v>
       </c>
       <c r="Q32" s="4">
-        <v>617.42</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>87.55</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>90</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2975,54 +2957,54 @@
       <c r="I33" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>17.82</v>
       </c>
       <c r="Q33" s="4">
-        <v>10.35</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>58.09</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>70</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3036,54 +3018,54 @@
       <c r="I34" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P34" s="4">
         <v>9.63</v>
       </c>
       <c r="Q34" s="4">
-        <v>9.11</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>94.65</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3097,223 +3079,162 @@
       <c r="I35" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P35" s="4">
         <v>1.24</v>
       </c>
       <c r="Q35" s="4">
-        <v>3.77</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>304.11</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>185</v>
       </c>
       <c r="I36" s="13" t="s">
-        <v>186</v>
+        <v>122</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L36" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="L36" s="4" t="s">
+      <c r="M36" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="M36" s="4" t="s">
+      <c r="N36" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="N36" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O36" s="4" t="s">
-        <v>120</v>
+        <v>184</v>
       </c>
       <c r="P36" s="4">
-        <v>7.83</v>
+        <v>1.24</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
       <c r="S36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
-      <c r="A37" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A37" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="11"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="14"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="14"/>
+      <c r="K37" s="8"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="8"/>
+      <c r="N37" s="8"/>
+      <c r="O37" s="8">
+        <v>2254.98</v>
+      </c>
+      <c r="P37" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q37" s="8">
+        <v>0</v>
+      </c>
+      <c r="R37" s="8"/>
+      <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
-    <row r="38" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A38:N38"/>
+    <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>