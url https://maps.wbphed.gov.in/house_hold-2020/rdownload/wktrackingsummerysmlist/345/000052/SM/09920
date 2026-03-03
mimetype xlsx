--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -425,51 +425,51 @@
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for Augmentation of Madhakhali piped water supply scheme, (Zone I), Block ¿ Bhagawanpur II, District - Purba Medinipur under JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
     <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001515/2022-2023</t>
   </si>
   <si>
     <t>359/W/MMD</t>
   </si>
   <si>
     <t>09/03/2023</t>
   </si>
   <si>
     <t>05/09/2023</t>
   </si>
   <si>
     <t>AHALYA ENGINEERING WORKS</t>
   </si>
   <si>
     <t>Hiring of inspection vehicle for supervision &amp; monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.,Sri Ujjal Kumar Dey, JE/Haldia Electrical Sub-Division.</t>
+    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.,Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Ujjal Kumar Dey, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001951/2022-2023</t>
   </si>
   <si>
     <t>101/HESD</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>30/08/2023</t>
   </si>
   <si>
     <t>S.S.GHORAI</t>
   </si>
   <si>
     <t>Sinking of 2 (Two) nos. Tube Well at different sites. Name of Sites: i) Sinking of 300mm. x 200mm. dia. x 250 mtr. Deep Additional Tube well by direct rotary rig method at 3rd Tube well Site (Mouza- Dhalua, JL No. 243 Plot No. 152) of Madhakhali Zone-I Water Supply Scheme under Contai Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 300mm. x 200mm. dia. x 250 mtr. Deep Additional Tube well by direct rotary rig method at 3rd Tube well Site (Mouza- Bhupatinagar, JL No. 253 Plot No. 1498) of Suadighi Zone-II Water Supply Scheme under Contai Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000561/2023-2024</t>
   </si>
   <si>
     <t>2047/TD</t>
   </si>
@@ -1252,54 +1252,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.15</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.15</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1313,54 +1313,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>3.42</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.27</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>95.85</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1370,54 +1370,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>14.69</v>
       </c>
       <c r="Q5" s="4">
-        <v>12.58</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>85.59</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1427,54 +1427,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P6" s="4">
         <v>14.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.83</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>87.32</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1488,54 +1488,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P7" s="4">
         <v>0.69</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1545,54 +1545,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P8" s="4">
         <v>0.49</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1667,54 +1667,54 @@
       <c r="I10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>11.68</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.76</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>92.07</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1728,54 +1728,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P11" s="4">
         <v>13.26</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>88.71</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1789,54 +1789,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P12" s="4">
         <v>7.64</v>
       </c>
       <c r="Q12" s="4">
-        <v>7.64</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1850,54 +1850,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>5.42</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.42</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1911,54 +1911,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>0.97</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1972,54 +1972,54 @@
       <c r="I15" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P15" s="4">
         <v>19.35</v>
       </c>
       <c r="Q15" s="4">
-        <v>15.45</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>79.84</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2318,54 +2318,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>477.83</v>
       </c>
       <c r="Q21" s="4">
-        <v>472.5</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.88</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>98</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2379,54 +2379,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P22" s="4">
         <v>223.21</v>
       </c>
       <c r="Q22" s="4">
-        <v>223.66</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100.2</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>98</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2440,54 +2440,54 @@
       <c r="I23" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>130</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="4">
         <v>27.16</v>
       </c>
       <c r="Q23" s="4">
-        <v>25.59</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>94.23</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>20</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2562,54 +2562,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P25" s="4">
         <v>38.21</v>
       </c>
       <c r="Q25" s="4">
-        <v>16.19</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>42.37</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>44</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2623,54 +2623,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P26" s="4">
         <v>100.28</v>
       </c>
       <c r="Q26" s="4">
-        <v>82.34</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>82.11</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>90</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2745,54 +2745,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P28" s="4">
         <v>13.26</v>
       </c>
       <c r="Q28" s="4">
-        <v>11.83</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>89.19</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2806,54 +2806,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P29" s="4">
         <v>3.53</v>
       </c>
       <c r="Q29" s="4">
-        <v>3.25</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>92.03</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2867,54 +2867,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P30" s="4">
         <v>3.81</v>
       </c>
       <c r="Q30" s="4">
-        <v>3.13</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>82.09</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2989,54 +2989,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P32" s="4">
         <v>0.97</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>65</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3164,54 +3164,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P35" s="4">
         <v>512.49</v>
       </c>
       <c r="Q35" s="4">
-        <v>431.94</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>84.28</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>90</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3442,54 +3442,54 @@
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="7" t="s">
         <v>215</v>
       </c>
       <c r="B40" s="7"/>
       <c r="C40" s="7"/>
       <c r="D40" s="7"/>
       <c r="E40" s="11"/>
       <c r="F40" s="7"/>
       <c r="G40" s="7"/>
       <c r="H40" s="14"/>
       <c r="I40" s="14"/>
       <c r="J40" s="14"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8">
         <v>1728.25</v>
       </c>
       <c r="P40" s="8">
-        <v>1357.38</v>
+        <v>0</v>
       </c>
       <c r="Q40" s="8">
-        <v>78.54</v>
+        <v>0</v>
       </c>
       <c r="R40" s="8"/>
       <c r="S40" s="8"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A40:N40"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>