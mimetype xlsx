--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -458,51 +458,51 @@
   <si>
     <t>Sri Srinath Ranjan Ghosh, AE/Haldia Electrical Sub-Divi</t>
   </si>
   <si>
     <t>Sri Sukanta Mondal, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001467/2022-2023</t>
   </si>
   <si>
     <t>205/W/MMD</t>
   </si>
   <si>
     <t>10/02/2023</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
     <t>BALAJI CONSTRUCTION</t>
   </si>
   <si>
     <t>Hiring of inspection vehicle for supervision &amp; monitoring of different on-going piped water supply scheme for covering Contai Sub-Division and its adjacent Sub-Division under the Dist. of Purba Medinipur under Jal Jeevan Mission programe.</t>
   </si>
   <si>
-    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.,Sri Ujjal Kumar Dey, JE/Haldia Electrical Sub-Division.</t>
+    <t>Sri Krishanu Mondal, JE/Haldia Electrical Sub-Division.,Sri Mrityunjoy Paria, JE/Haldia Electrical Sub-Division,Sri Ujjal Kumar Dey, JE/Haldia Electrical Sub-Division.</t>
   </si>
   <si>
     <t>ORD/001951/2022-2023</t>
   </si>
   <si>
     <t>101/HESD</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>30/08/2023</t>
   </si>
   <si>
     <t>S.S.GHORAI</t>
   </si>
   <si>
     <t>Sinking of 2 (Two) nos. Tube Well at different sites. Name of Sites: i) Sinking of 300mm. x 200mm. dia. x 250 mtr. Deep Additional Tube well by direct rotary rig method at 3rd Tube well Site (Mouza- Dhalua, JL No. 243 Plot No. 152) of Madhakhali Zone-I Water Supply Scheme under Contai Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 300mm. x 200mm. dia. x 250 mtr. Deep Additional Tube well by direct rotary rig method at 3rd Tube well Site (Mouza- Bhupatinagar, JL No. 253 Plot No. 1498) of Suadighi Zone-II Water Supply Scheme under Contai Sub-Division, of Tamluk Division P.H.E. Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000561/2023-2024</t>
   </si>
   <si>
     <t>2047/TD</t>
   </si>
@@ -1282,54 +1282,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.02</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.65</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1343,54 +1343,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>4.47</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.47</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1400,54 +1400,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>14.69</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.66</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>38.54</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1457,54 +1457,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P6" s="4">
         <v>14.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.65</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>38.43</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1514,54 +1514,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P7" s="4">
         <v>4.99</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1575,54 +1575,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>19.77</v>
       </c>
       <c r="Q8" s="4">
-        <v>16.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>85.73</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1632,54 +1632,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P9" s="4">
         <v>4.99</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1689,54 +1689,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P10" s="4">
         <v>4.91</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1746,54 +1746,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P11" s="4">
         <v>4.98</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.95</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1990,54 +1990,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P15" s="4">
         <v>6.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>6.32</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>91.02</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2051,54 +2051,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="4">
         <v>6.18</v>
       </c>
       <c r="Q16" s="4">
-        <v>6.18</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2112,54 +2112,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>7.34</v>
       </c>
       <c r="Q17" s="4">
-        <v>7.34</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2173,54 +2173,54 @@
       <c r="I18" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P18" s="4">
         <v>19.77</v>
       </c>
       <c r="Q18" s="4">
-        <v>17.03</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>86.1</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2234,54 +2234,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="4">
         <v>3.4</v>
       </c>
       <c r="Q19" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>92.84</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2295,54 +2295,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P20" s="4">
         <v>3.46</v>
       </c>
       <c r="Q20" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.67</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2755,54 +2755,54 @@
       <c r="I28" s="13" t="s">
         <v>140</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P28" s="4">
         <v>40.78</v>
       </c>
       <c r="Q28" s="4">
-        <v>34.24</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>83.94</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>70</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2938,54 +2938,54 @@
       <c r="I31" s="13" t="s">
         <v>140</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P31" s="4">
         <v>27.16</v>
       </c>
       <c r="Q31" s="4">
-        <v>25.53</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>93.98</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>75</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2999,54 +2999,54 @@
       <c r="I32" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="P32" s="4">
         <v>43.4</v>
       </c>
       <c r="Q32" s="4">
-        <v>9.08</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>20.93</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>50</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3060,54 +3060,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="P33" s="4">
         <v>14.76</v>
       </c>
       <c r="Q33" s="4">
-        <v>9.66</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>65.48</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3121,54 +3121,54 @@
       <c r="I34" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P34" s="4">
         <v>18.35</v>
       </c>
       <c r="Q34" s="4">
-        <v>15.83</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>86.28</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>121</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3406,54 +3406,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P39" s="4">
         <v>584.44</v>
       </c>
       <c r="Q39" s="4">
-        <v>426.54</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>72.98</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>80</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3467,54 +3467,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P40" s="4">
         <v>565.34</v>
       </c>
       <c r="Q40" s="4">
-        <v>490.77</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>86.81</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>88</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3743,54 +3743,54 @@
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="7" t="s">
         <v>225</v>
       </c>
       <c r="B45" s="7"/>
       <c r="C45" s="7"/>
       <c r="D45" s="7"/>
       <c r="E45" s="11"/>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="14"/>
       <c r="I45" s="14"/>
       <c r="J45" s="14"/>
       <c r="K45" s="8"/>
       <c r="L45" s="8"/>
       <c r="M45" s="8"/>
       <c r="N45" s="8"/>
       <c r="O45" s="8">
         <v>1720.02</v>
       </c>
       <c r="P45" s="8">
-        <v>1111.62</v>
+        <v>0</v>
       </c>
       <c r="Q45" s="8">
-        <v>64.63</v>
+        <v>0</v>
       </c>
       <c r="R45" s="8"/>
       <c r="S45" s="8"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A45:N45"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>