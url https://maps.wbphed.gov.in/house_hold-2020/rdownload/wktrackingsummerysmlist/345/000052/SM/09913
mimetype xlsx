--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1153,54 +1153,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>8.93</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.93</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1210,54 +1210,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P5" s="4">
         <v>13.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>13.01</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.87</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1326,54 +1326,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>2.66</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.3</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>86.2</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1448,54 +1448,54 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>4.85</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1509,54 +1509,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>0.95</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1570,54 +1570,54 @@
       <c r="I11" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
         <v>13.83</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>14.4</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1631,54 +1631,54 @@
       <c r="I12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P12" s="4">
         <v>0.31</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>96.02</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1977,54 +1977,54 @@
       <c r="I18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>774.2</v>
       </c>
       <c r="Q18" s="4">
-        <v>589.81</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>76.18</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>76</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2038,54 +2038,54 @@
       <c r="I19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P19" s="4">
         <v>27.66</v>
       </c>
       <c r="Q19" s="4">
-        <v>24.78</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>89.57</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>60</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2160,54 +2160,54 @@
       <c r="I21" s="13" t="s">
         <v>121</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P21" s="4">
         <v>40.4</v>
       </c>
       <c r="Q21" s="4">
-        <v>37.91</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>93.82</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2221,54 +2221,54 @@
       <c r="I22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P22" s="4">
         <v>17.87</v>
       </c>
       <c r="Q22" s="4">
-        <v>16.15</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>90.37</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2282,54 +2282,54 @@
       <c r="I23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P23" s="4">
         <v>33.83</v>
       </c>
       <c r="Q23" s="4">
-        <v>28.07</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>82.96</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>80</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2343,54 +2343,54 @@
       <c r="I24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>140</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P24" s="4">
         <v>44.78</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.55</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>1.22</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2461,54 +2461,54 @@
       <c r="I26" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P26" s="4">
         <v>27.14</v>
       </c>
       <c r="Q26" s="4">
-        <v>16.19</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>59.63</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>60</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2617,54 +2617,54 @@
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
         <v>163</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>1121.67</v>
       </c>
       <c r="P29" s="8">
-        <v>745.77</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>66.49</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>