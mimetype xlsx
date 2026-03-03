--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -185,231 +185,231 @@
   <si>
     <t>22/06/2022</t>
   </si>
   <si>
     <t>PRANAB KUMAR DAS</t>
   </si>
   <si>
     <t>Augmentation of Bhajachauli Water Supply Scheme by Providing Laying Distribution System and FHTC in Contai-III Block in the District of Purba Medinipur. PART- B [Dhandi Bar (139) part].</t>
   </si>
   <si>
     <t>ORD/000080/2022-2023</t>
   </si>
   <si>
     <t>385/TD</t>
   </si>
   <si>
     <t>20/05/2022</t>
   </si>
   <si>
     <t>19/06/2022</t>
   </si>
   <si>
     <t>SWARUPANANDA DAS</t>
   </si>
   <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Construction of TW (300mm x 200mm x Depth 250 Mtr.) for Bhajachauli WS Scheme (TW-II), Contai-III block within Purba Midnapur District by utilising Skilled Departmental crew &amp; machineries of CDD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Driller In Charge</t>
+  </si>
+  <si>
+    <t>ORD/000332/2022-2023</t>
+  </si>
+  <si>
+    <t>414/CDD</t>
+  </si>
+  <si>
+    <t>M/S B.P.TRADING CORPORATION</t>
+  </si>
+  <si>
+    <t>Resistivity Survey &amp; other works of Bhajachauli WS Scheme (TW-III), Contai-III Block under Purba Midnapur District, CDD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000335/2022-2023</t>
+  </si>
+  <si>
+    <t>1640/CDD</t>
+  </si>
+  <si>
+    <t>20/12/2022</t>
+  </si>
+  <si>
+    <t>19/01/2023</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000066/2021-2022</t>
+  </si>
+  <si>
+    <t>644/TD</t>
+  </si>
+  <si>
+    <t>27/06/2022</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000006/2022-2023</t>
+  </si>
+  <si>
+    <t>101/TD</t>
+  </si>
+  <si>
+    <t>11/04/2022</t>
+  </si>
+  <si>
+    <t>Midnapore Mechanical</t>
+  </si>
+  <si>
+    <t>Electric Quotation for BHAJACHAULI Water Supply Scheme T/W-III, (Ref. ID-204050249)</t>
+  </si>
+  <si>
+    <t>BILL/01683/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-167</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Rising main and other allied works of 3rd Tube Well for Augmentation of BHAJACHAULI W/S Scheme within Contai-III Block under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000362/2023-2024</t>
+  </si>
+  <si>
+    <t>930/TD</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>26/06/2023</t>
+  </si>
+  <si>
+    <t>DEBABRATA DAS</t>
+  </si>
+  <si>
+    <t>Construction of Boundary Wall (as per Departmental Design &amp; Drawing) at Head works site for BHAJACHAULI PWSS within Contai-III Block under Contai Sub-Division of Tamluk Division, P.H.E.Dte.Purba Medinipur.(Length-160.00 mtr.)</t>
+  </si>
+  <si>
+    <t>ORD/000363/2023-2024</t>
+  </si>
+  <si>
+    <t>931/TD</t>
+  </si>
+  <si>
+    <t>11/07/2023</t>
+  </si>
+  <si>
+    <t>Construction of 3.60 mtr. x 3.00 mtr. size switch Room cum chlorine room without sanitary &amp; water supply arrangements including plinth protection at 3rd TW site for Bhajachauli Water Supply Scheme within Contai-III Block under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000361/2023-2024</t>
+  </si>
+  <si>
+    <t>929/TD</t>
+  </si>
+  <si>
+    <t>Laying Distribution Pipe Line &amp; Accommodate FHTC (146 nos) under JJM with allied work for Left out Areas of BHAJACHAULI- PWSS in Contai-III Block within Contai Sub-Division under Tamluk Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000576/2023-2024</t>
+  </si>
+  <si>
+    <t>2198/TD</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>SUBHENDU HAZRA</t>
+  </si>
+  <si>
+    <t>Repairing of Switch Room cum Chlorin Room at 2nd TW site at Bhajachauli Water Supply Scheme within Contai-III Block under Contai Sub-Division of Tamluk Division, P.H.E.Dte.Purba Medinipur. (For Low Land)</t>
+  </si>
+  <si>
+    <t>ORD/000726/2023-2024</t>
+  </si>
+  <si>
+    <t>2971/TD</t>
+  </si>
+  <si>
+    <t>28/11/2023</t>
+  </si>
+  <si>
+    <t>12/01/2024</t>
+  </si>
+  <si>
+    <t>Augmentation of Bhajachauli Water Supply Scheme for Supply and Delivery of Different dia Sluice Valves under Contai Sub-Division of Tamluk Division, PHE Dte. Purba Medinipur.</t>
+  </si>
+  <si>
+    <t>ORD/000843/2023-2024</t>
+  </si>
+  <si>
+    <t>2128/CSD</t>
+  </si>
+  <si>
+    <t>24/11/2023</t>
+  </si>
+  <si>
+    <t>14/12/2023</t>
+  </si>
+  <si>
+    <t>SAURAV HAZRA</t>
+  </si>
+  <si>
     <t>Sinking of 2 (Two) nos. Tube Well at different sites. Name of Sites: i) Sinking of 300 mm. x 200 mm. dia. x 250 mtr. deep tube well by direct rotary rig method for Additional(4th) Tubewell of Augmentation of Bhagwanpur Zone-I Water Supply Scheme under Contai Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur. ii) Sinking of 300 mm x 200 mm dia. x 250 mtr. deep tube well by direct rotary rig method at Additonal 3rd Tubewell of Augmentation of Bhajachauli Water Supply Scheme (Mouza - Khalsiberia, JL No. - 138, Plot No. - 162/387) within Contai-III Block under Contai Sub-Division, of Tamluk Division P.H.E.Dte. Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000311/2022-2023</t>
   </si>
   <si>
     <t>1224/TD</t>
   </si>
   <si>
     <t>07/09/2022</t>
   </si>
   <si>
-    <t>28/09/2022</t>
+    <t>21/12/2024</t>
   </si>
   <si>
     <t>B. K. ENTERPRISE</t>
-  </si>
-[...163 lines deleted...]
-    <t>SAURAV HAZRA</t>
   </si>
   <si>
     <t>Washout pipeline, Repairing of OHR, Pump House no 1 under JJM with allied work of Bhajachauli PWSS within Contai-III Block under Contai Sub-Division of Tamluk Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000291/2024-2025</t>
   </si>
   <si>
     <t>3056/TD</t>
   </si>
   <si>
     <t>19/09/2024</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>Augmentation Of Bhajachauli Water Supply Scheme by Providing Laying Distribution System and FHTC in Contai-III Block in the District of Purba Medinipur. PART-C [Bamania Jangal (62) part, Sijua (63), Chhota Sijua (64) part.]</t>
   </si>
   <si>
     <t>ORD/000086/2022-2023</t>
   </si>
   <si>
     <t>433/TD</t>
   </si>
@@ -1016,54 +1016,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>12.34</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.91</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>80.29</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1077,54 +1077,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.44</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.44</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1136,54 +1136,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>287.16</v>
       </c>
       <c r="Q5" s="4">
-        <v>264.06</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>91.96</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>92</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1195,54 +1195,54 @@
         <v>45</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>118.3</v>
       </c>
       <c r="Q6" s="4">
-        <v>93.84</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>79.33</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>65</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1254,822 +1254,822 @@
         <v>51</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>120.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>117.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.52</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
-        <v>34.31</v>
+        <v>14.69</v>
       </c>
       <c r="Q8" s="4">
-        <v>16.53</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>48.18</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O9" s="4" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="P9" s="4">
-        <v>14.69</v>
+        <v>12.62</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.48</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>37.34</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="I10" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="N10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="N10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>12.62</v>
+        <v>23.79</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.21</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>80.89</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="L11" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N11" s="4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="P11" s="4">
-        <v>23.79</v>
+        <v>21.75</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="N12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="N12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>21.75</v>
+        <v>1.74</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="I13" s="13"/>
-[...1 lines deleted...]
-      <c r="K13" s="4" t="s">
+      <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="M13" s="4" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
-        <v>1.74</v>
+        <v>4.31</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="N14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14" s="4" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="P14" s="4">
-        <v>4.31</v>
+        <v>22.69</v>
       </c>
       <c r="Q14" s="4">
-        <v>2.81</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>65.17</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="P15" s="4">
-        <v>22.69</v>
+        <v>3.53</v>
       </c>
       <c r="Q15" s="4">
-        <v>21.07</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>92.86</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="L16" s="4" t="s">
+      <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="M16" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P16" s="4">
-        <v>3.53</v>
+        <v>19.54</v>
       </c>
       <c r="Q16" s="4">
-        <v>3.53</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J17" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="P17" s="4">
-        <v>19.54</v>
+        <v>3.53</v>
       </c>
       <c r="Q17" s="4">
-        <v>18.3</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.66</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="L18" s="4" t="s">
+      <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="M18" s="4" t="s">
+      <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="N18" s="4" t="s">
+      <c r="O18" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="O18" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P18" s="4">
-        <v>3.53</v>
+        <v>1.22</v>
       </c>
       <c r="Q18" s="4">
-        <v>3.34</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>94.65</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
         <v>112</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J19" s="13"/>
+      <c r="J19" s="13" t="s">
+        <v>33</v>
+      </c>
       <c r="K19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P19" s="4">
-        <v>1.22</v>
+        <v>34.31</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.22</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
         <v>118</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="P20" s="4">
         <v>31.12</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>50</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
@@ -2092,149 +2092,149 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P21" s="4">
         <v>113.07</v>
       </c>
       <c r="Q21" s="4">
-        <v>89.13</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>78.83</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>129</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>131</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P22" s="4">
         <v>13.58</v>
       </c>
       <c r="Q22" s="4">
-        <v>12.76</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>93.93</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>864.66</v>
       </c>
       <c r="P23" s="8">
-        <v>674.57</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>78.02</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>