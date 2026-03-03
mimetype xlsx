--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -533,51 +533,51 @@
   <si>
     <t>ORD/000448/2024-2025</t>
   </si>
   <si>
     <t>3615/TD</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>27/12/2024</t>
   </si>
   <si>
     <t>Boundary Wall, Raising Main under JJM with allied work for Augmentation of Murisai Water Supply Scheme in Contai III Dev. Block within Contai Sub-Division under Tamluk Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000269/2024-2025</t>
   </si>
   <si>
     <t>2898/TD</t>
   </si>
   <si>
     <t>10/09/2024</t>
   </si>
   <si>
-    <t>16/06/2025</t>
+    <t>26/07/2025</t>
   </si>
   <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments at Newly sunk Additional Tube well at Murisai Water supply scheme, Contai - III block, District - Purba Medinipur under Midnapore Mechanical Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001859/2024-2025</t>
   </si>
   <si>
     <t>782/W/MMD</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>23/08/2025</t>
   </si>
   <si>
     <t>PADMA ENGINEERING CO.</t>
   </si>
   <si>
     <t>Land Filling at Replacement of 2nd Tube well site for Augmentation of Murisai Water Supply Scheme in Contai-III Dev. Block under Contai Sub-Division of Tamluk Division, PHE Dte. Dist-Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/001279/2024-2025</t>
   </si>
@@ -1210,54 +1210,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>86.32</v>
       </c>
       <c r="Q3" s="4">
-        <v>64.26</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>74.44</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1271,54 +1271,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>30.12</v>
       </c>
       <c r="Q4" s="4">
-        <v>19.73</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>65.5</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>70</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1332,54 +1332,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>11.89</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.44</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>79.37</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1393,54 +1393,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>7.62</v>
       </c>
       <c r="Q6" s="4">
-        <v>6.4</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>84.05</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1454,54 +1454,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>4.3</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.67</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>85.17</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1515,54 +1515,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>6.67</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.67</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1576,54 +1576,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>64.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>61.94</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>95.5</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1637,54 +1637,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>89.06</v>
       </c>
       <c r="Q10" s="4">
-        <v>82.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>93.03</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1698,54 +1698,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>35.66</v>
       </c>
       <c r="Q11" s="4">
-        <v>34.09</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>95.61</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1881,54 +1881,54 @@
       <c r="I14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>13.75</v>
       </c>
       <c r="Q14" s="4">
-        <v>8.29</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>60.29</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1942,54 +1942,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>0.31</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.31</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2003,54 +2003,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>4.18</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2178,54 +2178,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P19" s="4">
         <v>0.93</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2300,54 +2300,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P21" s="4">
         <v>0.95</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2359,54 +2359,54 @@
         <v>128</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P22" s="4">
         <v>0.83</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.83</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2477,54 +2477,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P24" s="4">
         <v>25.5</v>
       </c>
       <c r="Q24" s="4">
-        <v>24.33</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>95.42</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2538,54 +2538,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="4">
         <v>25.4</v>
       </c>
       <c r="Q25" s="4">
-        <v>24.03</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>94.59</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2599,54 +2599,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P26" s="4">
         <v>9.86</v>
       </c>
       <c r="Q26" s="4">
-        <v>7.96</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>80.73</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2721,88 +2721,92 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P28" s="4">
         <v>22.19</v>
       </c>
       <c r="Q28" s="4">
-        <v>21.33</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>96.14</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="I29" s="13"/>
-      <c r="J29" s="13"/>
+      <c r="I29" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J29" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K29" s="4" t="s">
         <v>165</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>166</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P29" s="4">
         <v>3.4</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
@@ -3239,54 +3243,54 @@
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>201</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>657.84</v>
       </c>
       <c r="P37" s="8">
-        <v>382.2</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>58.1</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>