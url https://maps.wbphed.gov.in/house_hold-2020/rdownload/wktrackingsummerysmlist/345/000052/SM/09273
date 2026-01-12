--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -171,68 +171,50 @@
     <t>Hiring of one no Diesel Motor Cabs(Luxary taxi) (Standerd non air conditioned) Bharat stage-IV, on daily rate basis (including Govt. Holidays as and when required) having contract carriage permit from RTA for the office of Executive Engineer, Tamluk Division ,PHE Dte. Under Tamluk Division for the period from 12 (Twelve) Months.</t>
   </si>
   <si>
     <t>ORD/000619/2022-2023</t>
   </si>
   <si>
     <t>1345/TSD</t>
   </si>
   <si>
     <t>28/10/2022</t>
   </si>
   <si>
     <t>24/06/2023</t>
   </si>
   <si>
     <t>TAPAS SANTRA</t>
   </si>
   <si>
     <t>RTOR000212/2023-2024</t>
   </si>
   <si>
     <t>1112/TD</t>
   </si>
   <si>
     <t>18/03/2024</t>
-  </si>
-[...16 lines deleted...]
-    <t>MAITY ENTERPRISE</t>
   </si>
   <si>
     <t>Repairing and Renovation of the Elevated Water Reservoir, Renovation of Switch Room cum Chlorine Room with water supply &amp; sanitary arrangement at 2nd. T/W Site Along with Renovation of Existing Boundary Wall and Renovation of Switch Room cum Chlorine Room with sanitary arrangement at 1st. Tube well site i.c.w Rejuvenation of Ground Water Based Chatra PWSS by Providing Laying Distribution System and FHTC in Sahid Matangini Block under Tamluk Sub Division of Tamluk Division in the District of Purba Medinipur.</t>
   </si>
   <si>
     <t>ORD/000336/2024-2025</t>
   </si>
   <si>
     <t>3335/TD</t>
   </si>
   <si>
     <t>22/10/2024</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -636,51 +618,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1088,168 +1070,107 @@
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="P8" s="4">
-        <v>165.08</v>
+        <v>14.99</v>
       </c>
       <c r="Q8" s="4">
-        <v>51.25</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>31.05</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A9" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>31.73</v>
+      </c>
+      <c r="P9" s="8">
+        <v>9.04</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>28.5</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
-    <row r="10" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>