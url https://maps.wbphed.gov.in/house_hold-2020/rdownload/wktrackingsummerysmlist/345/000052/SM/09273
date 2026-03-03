--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -781,54 +781,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.53</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.53</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -842,54 +842,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.13</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.13</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -958,54 +958,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>1.14</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>210.35</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1110,54 +1110,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>31.73</v>
       </c>
       <c r="P9" s="8">
-        <v>9.04</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>28.5</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>