--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -994,54 +994,54 @@
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>15.11</v>
       </c>
       <c r="Q3" s="4">
-        <v>14.07</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>93.15</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1055,54 +1055,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>17.62</v>
       </c>
       <c r="Q4" s="4">
-        <v>15.54</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>88.19</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1295,54 +1295,54 @@
       <c r="I8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>2.42</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.74</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>71.8</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1417,54 +1417,54 @@
       <c r="I10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P10" s="4">
         <v>3.85</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>71.97</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1480,54 +1480,54 @@
       <c r="I11" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="4">
         <v>3.18</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.05</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>95.71</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1543,54 +1543,54 @@
       <c r="I12" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P12" s="4">
         <v>4.9</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1602,54 +1602,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>4.52</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.55</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>12.08</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1901,54 +1901,54 @@
       <c r="I18" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P18" s="4">
         <v>12.66</v>
       </c>
       <c r="Q18" s="4">
-        <v>11.9</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>93.96</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2139,54 +2139,54 @@
         <v>112</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P22" s="4">
         <v>521.85</v>
       </c>
       <c r="Q22" s="4">
-        <v>484.18</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>92.78</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2200,54 +2200,54 @@
         <v>117</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P23" s="4">
         <v>3.91</v>
       </c>
       <c r="Q23" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>77.8</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2263,88 +2263,88 @@
       <c r="I24" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>95</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P24" s="4">
         <v>12.68</v>
       </c>
       <c r="Q24" s="4">
-        <v>12.42</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>662.89</v>
       </c>
       <c r="P25" s="8">
-        <v>554.15</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>83.6</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>