--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -149,51 +149,51 @@
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Construction of Different Capacity R.C.C Over Head Reservoir Over Pile / Raft Foundation including sub soil investigation works for Construction of Over Head Reservoir with laying distribution system, Pump House, Boundary Wall &amp; Providing Functional Household Tap Connection (33,066 Nos.) For KASBA NARAYANGARH, KHURSI, NAHARPUR, NARMA, PAKURSENI, ASTI, BARA MAHANPUR, GOBINDAPUR BRAHMAN SASAN, JAMUNA, RERIPUR, TUTRANGA, SHUJANAGAR &amp; GOKULPUR Pipe water supply Scheme within NARAYANGARH Block including 02 (Two) Years Operation &amp; Maintenance Under Kharagpur Sub-Division of Midnapore Division PHE Dte. under Paschim Medinipur District.</t>
   </si>
   <si>
     <t>AE Kharagpur Sub-division,Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE1 Kharagpur Sub-division</t>
   </si>
   <si>
     <t>ORD/000290/2023-2024</t>
   </si>
   <si>
     <t>5049/MD</t>
   </si>
   <si>
     <t>25/10/2023</t>
   </si>
   <si>
-    <t>13/12/2025</t>
+    <t>11/06/2026</t>
   </si>
   <si>
     <t>SWACH ENVIRONMENT PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Midnapore Mechanical</t>
   </si>
   <si>
     <t>Supply delivery and installation of kit kat fuse carrier for different water supply scheme under Narayangarh Block and others under Midnapore Mechanical Sub Division-I,P.H.E.Dte.</t>
   </si>
   <si>
     <t>Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
   </si>
   <si>
     <t>Sri Bikas Pramanik, JE/Midnapur Mechanical Sub-Division</t>
   </si>
   <si>
     <t>ORD/000368/2024-2025</t>
   </si>
   <si>
     <t>1087/MMSD-I</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
@@ -836,54 +836,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.05</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>11</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -996,54 +996,54 @@
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>29884.12</v>
       </c>
       <c r="P7" s="8">
-        <v>8.05</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>