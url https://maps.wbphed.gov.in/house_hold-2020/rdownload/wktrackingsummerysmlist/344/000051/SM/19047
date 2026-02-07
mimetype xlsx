--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -242,60 +242,72 @@
   <si>
     <t>ORD/000353/2024-2025</t>
   </si>
   <si>
     <t>1687/AE/GSD</t>
   </si>
   <si>
     <t>09/06/2025</t>
   </si>
   <si>
     <t>HIRAK KUMAR GHOSH</t>
   </si>
   <si>
     <t>ORD/000028/2024-2025</t>
   </si>
   <si>
     <t>1220/AE/GSD</t>
   </si>
   <si>
     <t>10/06/2024</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
+    <t>Continuation work order for Hiring of Inspection vehicle for Jal Jeevan Mission on an ¿as and when required¿ basis, Motor cab (Standard) commercial with catalytic converter attachment with Bharat Stage as per prevalent applicable standard compliant new/not older than 30 (Thirty) months from the date of 1st Registration on daily hire basis for the tenure of 06 (Six months) only having contract carriage permit for plying within West Bengal from Regional Transport Authority for the use of the Assistant Engineer, Ghatal Sub-Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000344/2025-2026</t>
+  </si>
+  <si>
+    <t>962/AE/GSD</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>17/05/2026</t>
+  </si>
+  <si>
     <t>Continuation order for Hiring of Inspection vehicle for Jal Jeevan Mission on an as and when required basis, Motor cab (Standard) commercial with catalytic converter attachment with Bharat Stage as per prevalent applicable standard compliant new/not older than 30 (Thirty) months from the date of 1st Registration on daily hire basis for the tenure of 06 (Six months) only having contract carriage permit for plying within West Bengal from Regional Transport Authority for the use of the Assistant Engineer, Ghatal Sub-Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000195/2025-2026</t>
   </si>
   <si>
     <t>395/1/AE/GSD</t>
-  </si>
-[...1 lines deleted...]
-    <t>09/12/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -684,51 +696,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.135986" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -967,54 +979,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>83.89</v>
       </c>
       <c r="Q5" s="4">
-        <v>18.26</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>21.77</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>30</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1335,162 +1347,225 @@
       <c r="I11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>0.76</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.37</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>313.23</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P12" s="4">
         <v>0.9</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
-[...25 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="P13" s="4">
+        <v>0.9</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>774.92</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>