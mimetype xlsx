--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -188,51 +188,51 @@
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Laying distribution pipe line, Rising Main, Pump House, Boundary Wall, Soil investigation, Construction of 400 (Intze type with Pile) &amp; Accommodate FHTC (2,381 Nos.) including Two years O&amp;M under JJM with allied work for Jankapur &amp; its adjoining mouzas W/S Scheme in Datan-II Block including supply of all labour &amp; materials within Kharagpur Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer (HQ)</t>
   </si>
   <si>
     <t>JE RWS Midnapur Sub-Division(Dantan-II)</t>
   </si>
   <si>
     <t>ORD/000393/2023-2024</t>
   </si>
   <si>
     <t>5067/MD</t>
   </si>
   <si>
     <t>26/10/2023</t>
   </si>
   <si>
-    <t>15/10/2025</t>
+    <t>13/04/2026</t>
   </si>
   <si>
     <t>DIPAK KUMAR BAKLY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1025,54 +1025,54 @@
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q7" s="4">
-        <v>15.62</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>0.07</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>11</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1088,88 +1088,88 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>624.05</v>
       </c>
       <c r="Q8" s="4">
-        <v>100.92</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>16.17</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>22015.17</v>
       </c>
       <c r="P9" s="8">
-        <v>116.55</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>