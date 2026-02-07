--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -161,51 +161,51 @@
   <si>
     <t>3348/MD</t>
   </si>
   <si>
     <t>25/11/2024</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Laying distribution pipe line, Pump House, Boundary Wall, Soil investigation, 400 cum OHR (Intze type with pile foundation) &amp; Accommodate FHTC (2,311 Nos.) under JJM with allied work for Kashinathpur &amp; its adjoining mouzas W/S Scheme in Daspur- II Block including supply of all labour &amp; materials within Midnapore Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE Ghatal Sub-division</t>
   </si>
   <si>
     <t>JE RWS Ghatal Sub-Division(Daspur-II)</t>
   </si>
   <si>
     <t>ORD/000383/2023-2024</t>
   </si>
   <si>
     <t>5057/MD</t>
   </si>
   <si>
     <t>26/10/2023</t>
   </si>
   <si>
-    <t>28/09/2025</t>
+    <t>27/03/2026</t>
   </si>
   <si>
     <t>DULAL CHANDRA DAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>