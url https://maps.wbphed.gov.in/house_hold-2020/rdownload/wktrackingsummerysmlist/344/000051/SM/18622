--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -146,114 +146,114 @@
   <si>
     <t>1732/W/MMD</t>
   </si>
   <si>
     <t>M/S. JIT ENTERPRISE</t>
   </si>
   <si>
     <t>Midnapore Division</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000033/2022-2023</t>
   </si>
   <si>
     <t>112/MD</t>
   </si>
   <si>
     <t>10/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Laying Rising main pipe line for "Benai Zone-II" PWSS under Daspur-II Block within Ghatal Sub-Division under Midnapore Division, P.H.E.Dte</t>
+  </si>
+  <si>
+    <t>AE Ghatal Sub-division</t>
+  </si>
+  <si>
+    <t>ORD/000127/2024-2025</t>
+  </si>
+  <si>
+    <t>1493/AE/GSD</t>
+  </si>
+  <si>
+    <t>24/09/2024</t>
+  </si>
+  <si>
+    <t>24/10/2024</t>
+  </si>
+  <si>
+    <t>M/S. A.R. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>RTOR000020/2024-2025</t>
+  </si>
+  <si>
+    <t>3340/MD</t>
+  </si>
+  <si>
+    <t>25/11/2024</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well, Laying distribution pipe line, Pump House, Boundary Wall, Soil investigation, 400 cum OHR &amp; 250 Cum OHR (Intze type with pile foundation) &amp; Accommodate FHTC (4,213 Nos.) under JJM with allied work for Benai (Zone- I &amp; Zone-II) &amp; its adjoining mouzas W/S scheme in Daspur- II Block including supply of all labour &amp; materials within Ghatal Sub-Division under Midnapore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>JE RWS Ghatal Sub-Division(Daspur-II)</t>
+  </si>
+  <si>
+    <t>ORD/000257/2023-2024</t>
+  </si>
+  <si>
+    <t>3231/MD</t>
+  </si>
+  <si>
+    <t>11/09/2023</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>M/S. A.R. ENTERPRISE.</t>
+  </si>
+  <si>
     <t>Laying rising main pipeline for Benai (Zone-I) PWSS under Daspur-II block within Ghatal sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
-    <t>AE Ghatal Sub-division</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000332/2024-2025</t>
   </si>
   <si>
     <t>3575/MD</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
-    <t>20/01/2025</t>
-[...44 lines deleted...]
-    <t>M/S. A.R. ENTERPRISE.</t>
+    <t>15/01/2026</t>
   </si>
   <si>
     <t>Hiring of Inspection Vehicle (Diesel/CNG/LPG Driven) for supervision &amp; monitoring of different on going piped water supply scheme for covering Ghatal Sub Division and its adjacent Sub -Division under JJM Programe for the office of Assistant Engineer, under M.M.S.D-I. P.H.E. Dte., Kharagpur , Inda. w.e.f.-01-03-2024 to 31-08-2024.</t>
   </si>
   <si>
     <t>Sri Mahadev Dutta, JE/Midnapur Mechanical Sub-Division-</t>
   </si>
   <si>
     <t>ORD/002832/2023-2024</t>
   </si>
   <si>
     <t>340/MMSD-I</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>05/01/2025</t>
   </si>
   <si>
     <t>SUBHASIS ROY</t>
   </si>
   <si>
     <t>Hiring of Inspection Vehicle (Diesel/CNG/LPG Driven) for supervision &amp; monitoring of different on going piped water supply scheme for covering Ghatal Sub Division and its adjacent Sub -Division under JJM Programe for the office of Assistant Engineer, under M.M.S.D-I. P.H.E. Dte., Kharagpur , Inda. w.e.f.-01-04-2025 to 28-09-2025 (Vehicle No. WB06N 8474)</t>
   </si>
@@ -1009,262 +1009,262 @@
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="J6" s="13" t="s">
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="N6" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="O6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>5.52</v>
+        <v>3.17</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N7" s="4" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="P7" s="4">
-        <v>3.17</v>
+        <v>25.95</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="J8" s="13"/>
+        <v>54</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>55</v>
+      </c>
       <c r="K8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="P8" s="4">
-        <v>25.95</v>
+        <v>983.46</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="P9" s="4">
-        <v>983.46</v>
+        <v>5.52</v>
       </c>
       <c r="Q9" s="4">
-        <v>317.71</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>32.31</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
@@ -1374,54 +1374,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1142.1</v>
       </c>
       <c r="P12" s="8">
-        <v>317.71</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>27.82</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>