--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -215,51 +215,51 @@
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>K.S.P. ENTERPRISE</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Laying distribution pipe line, Pump House, Boundary Wall, Soil investigation, Construction of 350 cum OHR (Intze type with raft foundation) &amp; Accommodate FHTC (2,353 nos.) under JJM with allied work for Amlabani PWSS in Keshpur Block including supply of all labour &amp; materials including 02 (Two) Years Operation &amp; Maintenance within Midnapore Sadar Sub-Division under Midnapore Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE Sadar Sub-division</t>
   </si>
   <si>
     <t>JE RWS Sadar Sub-Division(Keshpur)</t>
   </si>
   <si>
     <t>ORD/000281/2023-2024</t>
   </si>
   <si>
     <t>3843/MD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
-    <t>15/09/2025</t>
+    <t>14/03/2026</t>
   </si>
   <si>
     <t>M/S. A.R. ENTERPRISE.</t>
   </si>
   <si>
     <t>Hiring of Inspection Vehicle (Diesel/CNG/LPG Driven) for supervision &amp; monitoring of different on going piped water supply scheme for covering Midnapore Sadar Sub Division and its adjacent Sub -Division under JJM Programe for the office of Assistant Engineer, under M.M.S.D-I. P.H.E. Dte., Kharagpur , Inda. w.e.f.-01-03-2024 to 31-08-2024.</t>
   </si>
   <si>
     <t>ORD/002834/2023-2024</t>
   </si>
   <si>
     <t>339/MMSD-I</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
     <t>05/01/2025</t>
   </si>
   <si>
     <t>Continuation work order for Hiring of Inspection Vehicle (Diesel/CNG/LPG Driven) for supervision &amp; monitoring of different on going piped water supply scheme for covering Midnapore Sadar Sub Division and its adjacent Sub -Division under JJM Programe for the office of Assistant Engineer, under M.M.S.D-I. P.H.E. Dte., Kharagpur , Inda. (Vehicle No. WB 33 C 6546)</t>
   </si>
   <si>
     <t>ORD/002164/2024-2025</t>
   </si>
@@ -1208,54 +1208,54 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>25.24</v>
       </c>
       <c r="Q9" s="4">
-        <v>18.02</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>71.39</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1271,54 +1271,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>1033.27</v>
       </c>
       <c r="Q10" s="4">
-        <v>651.73</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>63.07</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>43</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1334,54 +1334,54 @@
       <c r="I11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P11" s="4">
         <v>6.3</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>8.51</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1431,54 +1431,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1109.7</v>
       </c>
       <c r="P13" s="8">
-        <v>670.29</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>60.4</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>