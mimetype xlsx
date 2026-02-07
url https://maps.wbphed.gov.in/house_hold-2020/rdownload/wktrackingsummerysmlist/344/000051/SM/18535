--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -146,135 +146,135 @@
   <si>
     <t>BILL/01789/2024-2025</t>
   </si>
   <si>
     <t>C072449541730</t>
   </si>
   <si>
     <t>02/08/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>ELECTRIC QUOTATION BILL FOR TW NO-I of GHOSHPUR PWSS. REF CONSUMER ID-204218492, APPLICATION NO-2004603166, APPLICATION TYPE-NEW CONNECTION, NAME OF CCC-ANANDAPUR CCC, NAME OF BLOCK-KESHPUR</t>
   </si>
   <si>
     <t>BILL/03779/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-713</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
+    <t>Sinking of Tube Well, Laying distribution pipe line, Pump House, Boundary Wall, Soil investigation, 500 cum OHR (Intze type with pile foundation) &amp; Accommodate FHTC (3,366 nos.) under JJM with allied work for Ghoshpur PWSS in Keshpur Block including supply of all labour &amp; materials within Midnapore Sadar Sub-Division under Midnapore Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>AE Sadar Sub-division</t>
+  </si>
+  <si>
+    <t>JE RWS Sadar Sub-Division(Keshpur)</t>
+  </si>
+  <si>
+    <t>ORD/000280/2023-2024</t>
+  </si>
+  <si>
+    <t>3842/MD</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>M/S. A.R. ENTERPRISE.</t>
+  </si>
+  <si>
+    <t>Laying of rising main &amp; interconnection for Ghoshpur &amp; its adjoining mouzas PWSS, Block: - Keshpur, District: - Paschim Midnapore under Midnapore Division, PHE Dte. (Length = 650 Mtr.)</t>
+  </si>
+  <si>
+    <t>ORD/000388/2024-2025</t>
+  </si>
+  <si>
+    <t>60/MD</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>21/02/2025</t>
+  </si>
+  <si>
+    <t>A-PLUS</t>
+  </si>
+  <si>
+    <t>Hiring of Inspection Vehicle (Diesel/CNG/LPG Driven) for supervision &amp; monitoring of different ongoing piped water supply scheme for covering Midnapore Sadar Sub Division and its adjacent Sub -Division under JJM Programe for the office of Assistant Engineer, under M.M.S.D-I. P.H.E. Dte., Kharagpur , Inda. w.e.f.- w.e.f.-01-07-2025 to 28-02-2026 (Vehicle No. WB33C 6546)</t>
+  </si>
+  <si>
+    <t>Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
+  </si>
+  <si>
+    <t>Sri Lab Das, JE/Midnapur Mechanical Sub-Division-I</t>
+  </si>
+  <si>
+    <t>ORD/000513/2025-2026</t>
+  </si>
+  <si>
+    <t>842/MMSD-I</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>M/S BIKASH DE</t>
+  </si>
+  <si>
     <t>Providing and Installation of Submersible pumping machineries and other electromechanical equipments for GHOSHPUR PIPED WATER SUPPLY SCHEMEunder JJM Program under MMD PHE Dte.</t>
   </si>
   <si>
-    <t>Sri Bikash Das, AE/Midnapur Mechanical Sub-Division-I</t>
-[...1 lines deleted...]
-  <si>
     <t>Sri Dablu Dutta, JE/Midnapur Mechanical Sub-Division-I</t>
   </si>
   <si>
     <t>ORD/000351/2023-2024</t>
   </si>
   <si>
     <t>1686/W/MMD</t>
   </si>
   <si>
     <t>04/08/2023</t>
   </si>
   <si>
     <t>12/06/2025</t>
   </si>
   <si>
     <t>SHOVAN KUMAR DAS</t>
-  </si>
-[...61 lines deleted...]
-    <t>M/S BIKASH DE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1025,316 +1025,316 @@
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
-        <v>27.39</v>
+        <v>917.44</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.55</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>71.38</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I8" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="J8" s="13" t="s">
+      <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="K8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="M8" s="4" t="s">
+      <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="N8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>917.44</v>
+        <v>6.5</v>
       </c>
       <c r="Q8" s="4">
-        <v>135.65</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>14.79</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="J9" s="13" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
-        <v>6.5</v>
+        <v>3.66</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
-        <v>3.66</v>
+        <v>27.39</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1000.33</v>
       </c>
       <c r="P11" s="8">
-        <v>155.2</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>15.51</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>