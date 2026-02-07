--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -922,54 +922,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>30.18</v>
       </c>
       <c r="Q5" s="4">
-        <v>24.19</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>80.16</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1162,88 +1162,88 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>776.36</v>
       </c>
       <c r="Q9" s="4">
-        <v>384.14</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>49.48</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>70</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>884.02</v>
       </c>
       <c r="P10" s="8">
-        <v>408.33</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>46.19</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>